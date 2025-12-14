--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -3,65 +3,52 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="74F14C9E" w14:textId="77777777" w:rsidR="007B024D" w:rsidRDefault="007B024D" w:rsidP="00CB3AB6">
-[...11 lines deleted...]
-    </w:p>
     <w:p w14:paraId="681535AB" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00903AEC" w:rsidRDefault="001F580A" w:rsidP="004A4809">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903AEC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B8CD19" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00903AEC" w:rsidRDefault="007B024D" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -337,145 +324,216 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F1E37" w:rsidRPr="006F1E37">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University policy also requires employees to disclose any new criminal convictions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21520415" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="188885B3" w14:textId="4395DA1D" w:rsidR="00DF3ED1" w:rsidRDefault="00DF3ED1" w:rsidP="00DF3ED1">
-[...90 lines deleted...]
-        <w:tabs>
+    <w:p w14:paraId="3D013C3F" w14:textId="59B49E1C" w:rsidR="001C56E5" w:rsidRDefault="001C56E5" w:rsidP="001C56E5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="300"/>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk126928611"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your appointment is a part-time at-will appointment.  Your appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">begins </w:t>
+      </w:r>
+      <w:r w:rsidR="008611BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>January 12, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ends on </w:t>
+      </w:r>
+      <w:r w:rsidR="008611BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>May 15, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Your salary will be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the semester.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC69FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC69FA" w:rsidRPr="00DC69FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your salary is considered an open record under Colorado law and may be provided publicly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will be paid monthly on the last business day of each month.  You will receive prorated pay in </w:t>
+      </w:r>
+      <w:r w:rsidR="00602D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00602D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to align with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work dates.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7FC5EF6C" w14:textId="77777777" w:rsidR="00816FB7" w:rsidRPr="00816FB7" w:rsidRDefault="00816FB7" w:rsidP="004A4809"/>
+    <w:p w14:paraId="677EF10D" w14:textId="06754CC2" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="004A4809">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1400"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your initial responsibilities include</w:t>
       </w:r>
       <w:r w:rsidR="00654F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> teaching</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -615,56 +673,56 @@
         </w:rPr>
         <w:t>resources.  Thus, we cannot guarantee that you will teach particular courses</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or that you will actually teach in a given term.  </w:t>
       </w:r>
       <w:r w:rsidR="00AC1E13" w:rsidRPr="007E3C84">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Courses taught in </w:t>
       </w:r>
-      <w:r w:rsidR="00027655">
-[...4 lines deleted...]
-        <w:t>Spring 2025</w:t>
+      <w:r w:rsidR="008611BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 2026</w:t>
       </w:r>
       <w:r w:rsidR="00AC1E13" w:rsidRPr="007E3C84">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be remote or online or may need to transition to remote</w:t>
       </w:r>
       <w:r w:rsidR="00AC1E13">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or online during the semester.</w:t>
       </w:r>
       <w:r w:rsidR="00CF1BE4" w:rsidRPr="0026129A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Remote instruction must have a standard meeting pattern and the section number of the course will not change.  </w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -706,144 +764,206 @@
         </w:rPr>
         <w:t xml:space="preserve">As a condition of employment, you are expressly subject to the rules and policies of the Regents of the University of Colorado.  </w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This is an at-will appointment.  Your employment is subject to termination by either you or the University at any time.  Except as provided by law, no compensation shall be owed or paid to you upon or after the termination of your employment unless it was earned prior to termination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48FD82A3" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40897ECE" w14:textId="77777777" w:rsidR="00913717" w:rsidRDefault="00913717" w:rsidP="004A4809">
+    <w:p w14:paraId="47C4A27E" w14:textId="77777777" w:rsidR="00715F22" w:rsidRDefault="00913717" w:rsidP="00715F22">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This part-time appointment is without group health, life insurance, and retirement benefits. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61C2F" w:rsidRPr="00B30E15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>As a result of the Healthy Families and Workplace Act effective January 1, 2021, you will earn .034 hours</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2EAE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of sick leave</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61C2F" w:rsidRPr="00B30E15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each hour worked.  The maximum accrual is 48 hours per fiscal year.</w:t>
+      </w:r>
+      <w:r w:rsidR="00050F75">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00715F22">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All eligible employees can receive up to 12 weeks of paid family and medical leave under CU’s FAMLI plan. To learn about your leave benefits and eligibility, please visit CU's leave website:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="Original URL: https://www.cu.edu/employee-services/collaborative-hr-services/cu-campuses/famli-fml-and-parental-leave. Click or tap if you trust this link." w:history="1">
+        <w:r w:rsidR="00715F22">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t> https://www.cu.edu/employee-services/collaborative-hr-services/cu-campuses/famli-fml-and-parental-leave</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00715F22">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00715F22">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>leave@cu.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00715F22">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you have any questions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E23021" w14:textId="77777777" w:rsidR="00715F22" w:rsidRDefault="00715F22" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...39 lines deleted...]
-        <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40897ECE" w14:textId="4F5F3E34" w:rsidR="00913717" w:rsidRDefault="00050F75" w:rsidP="004A4809">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1400"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215372">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Federal law requires that undergraduate students be enrolled for a minimum of 6 credit hours and graduate students be enrolled for a minimum of 3 credit hours for the term in which they are employed, including summer, to be exempt from the Colorado Student Retirement Plan.  Students working in the semester in which they will graduate are not held to this minimum credit hour requirement.  If you do not meet these minimum requirements, you will automatically be enrolled in the Student Retirement Program.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008609CB">
+      <w:r w:rsidR="00913717" w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D28BA2" w14:textId="77777777" w:rsidR="00050F75" w:rsidRDefault="00050F75" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2943CE26" w14:textId="77777777" w:rsidR="00050F75" w:rsidRDefault="00050F75" w:rsidP="00050F75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Student</w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointments are reserved for students actively enrolled and participating in an approved undergraduate or graduate program.  Prior to assuming your job duties, you will be required to provide proof of enrollment in an undergraduate or graduate program to your employing department.  If your enrollment status changes, please notify your department and supervisor immediately.  Your enrollment status is subject to verification at any time.  If you are found to not be actively enrolled, your appointment could be subject to immediate termination.  Students must be making satisfactory academic progress towards thei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r degree to be eligible for a GPTI</w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> position.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29484ADE" w14:textId="77777777" w:rsidR="00243C71" w:rsidRPr="00215372" w:rsidRDefault="00243C71" w:rsidP="00050F75">
@@ -1208,341 +1328,302 @@
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>We look forward to your acceptance of this offer and to your contributions to the University of Colorado Denver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C14865C" w14:textId="77777777" w:rsidR="00175128" w:rsidRPr="008609CB" w:rsidRDefault="00175128" w:rsidP="004A4809">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6A737839" w14:textId="77777777" w:rsidR="00201069" w:rsidRDefault="00201069" w:rsidP="004A4809">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AD805D6" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C64C87E" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00A82CAB" w:rsidRDefault="00913717" w:rsidP="004A4809">
+    <w:p w14:paraId="416C7D63" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00A82CAB" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="416C7D63" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00A82CAB" w:rsidRDefault="00913717" w:rsidP="004A4809">
+    <w:p w14:paraId="7A13234A" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00A82CAB" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A13234A" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00A82CAB" w:rsidRDefault="00913717" w:rsidP="004A4809">
+    <w:p w14:paraId="4B3DD667" w14:textId="77777777" w:rsidR="00BC20A8" w:rsidRPr="008609CB" w:rsidRDefault="00BB569C" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A82CAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Department Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82CAB" w:rsidRPr="00A82CAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00700C26">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Department Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="00700C26">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B3DD667" w14:textId="77777777" w:rsidR="00BC20A8" w:rsidRPr="008609CB" w:rsidRDefault="00BB569C" w:rsidP="004A4809">
+    <w:p w14:paraId="1E570576" w14:textId="77777777" w:rsidR="00201069" w:rsidRDefault="00700C26" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A82CAB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Department Chair</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A82CAB" w:rsidRPr="00A82CAB">
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00700C26">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, Department Chair</w:t>
-[...7 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve"> CLAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E570576" w14:textId="77777777" w:rsidR="00201069" w:rsidRDefault="00700C26" w:rsidP="004A4809">
+    <w:p w14:paraId="1E8DF5B4" w14:textId="77777777" w:rsidR="00E94A37" w:rsidRDefault="00700C26" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008609CB">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Department of</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> CLAS</w:t>
+        <w:t>University of Colorado Denver</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCA6B06" w14:textId="1382DC39" w:rsidR="004C71F2" w:rsidRDefault="00700C26" w:rsidP="004A4809">
+    <w:p w14:paraId="037898BB" w14:textId="474AE05C" w:rsidR="00C35730" w:rsidRPr="008609CB" w:rsidRDefault="00BC20A8" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>University of Colorado Denver</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00913717" w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00913717" w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00913717" w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037898BB" w14:textId="77777777" w:rsidR="00C35730" w:rsidRPr="008609CB" w:rsidRDefault="00BC20A8" w:rsidP="004A4809">
+    <w:p w14:paraId="4487DF5A" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...79 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>I accept this offer as written above:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9059FC" w14:textId="77777777" w:rsidR="00913717" w:rsidRDefault="00913717" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BD8EDAA" w14:textId="77777777" w:rsidR="00837D07" w:rsidRPr="008609CB" w:rsidRDefault="00837D07" w:rsidP="004A4809">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1633,84 +1714,84 @@
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Dat</w:t>
       </w:r>
       <w:r w:rsidR="000F48F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AE1A17" w:rsidRPr="008609CB" w:rsidSect="00201069">
-      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="692D0E5F" w14:textId="77777777" w:rsidR="00EA4D7D" w:rsidRDefault="00EA4D7D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="436404F0" w14:textId="77777777" w:rsidR="00EA4D7D" w:rsidRDefault="00EA4D7D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1743,70 +1824,70 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3A9892C3" w14:textId="77777777" w:rsidR="00EA4D7D" w:rsidRDefault="00EA4D7D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4854978D" w14:textId="77777777" w:rsidR="00EA4D7D" w:rsidRDefault="00EA4D7D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74489D56" w14:textId="77777777" w:rsidR="00201069" w:rsidRDefault="00201069">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55A04CC6" wp14:editId="01AE3195">
           <wp:extent cx="2114550" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:docPr id="2" name="Picture 2" descr="clas_cmyk_h1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="clas_cmyk_h1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -2014,60 +2095,60 @@
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>Denver, CO 80217-3364</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00201069" w:rsidRPr="00CB6861" w14:paraId="2F050DFC" w14:textId="77777777" w:rsidTr="00F127B9">
       <w:trPr>
         <w:trHeight w:val="197"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1156" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5CE7CACB" w14:textId="77777777" w:rsidR="00201069" w:rsidRPr="00977365" w:rsidRDefault="00201069" w:rsidP="00201069">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="0" w:name="Text7"/>
+          <w:bookmarkStart w:id="1" w:name="Text7"/>
           <w:r w:rsidRPr="00977365">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>Office:</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="0"/>
+          <w:bookmarkEnd w:id="1"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1569" w:type="dxa"/>
           <w:tcMar>
             <w:right w:w="115" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="435BACE8" w14:textId="77777777" w:rsidR="00201069" w:rsidRPr="00CB6861" w:rsidRDefault="00201069" w:rsidP="00201069">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00201069" w:rsidRPr="00CB6861" w14:paraId="22F1356F" w14:textId="77777777" w:rsidTr="00F127B9">
       <w:trPr>
         <w:trHeight w:val="197"/>
       </w:trPr>
@@ -2102,51 +2183,51 @@
             <w:right w:w="115" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="54B0EFED" w14:textId="77777777" w:rsidR="00201069" w:rsidRPr="00CB6861" w:rsidRDefault="00201069" w:rsidP="00201069">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1A9BB11A" w14:textId="77777777" w:rsidR="00201069" w:rsidRDefault="00201069">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A5A43534"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3934,231 +4015,240 @@
   <w:num w:numId="16" w16cid:durableId="1717506725">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1968006248">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1025057234">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1507403560">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1708869598">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="109975541">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2007517825">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="98305"/>
+    <o:shapedefaults v:ext="edit" spidmax="110593"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6146D"/>
     <w:rsid w:val="0000094E"/>
     <w:rsid w:val="0002032D"/>
-    <w:rsid w:val="00027655"/>
     <w:rsid w:val="00050F75"/>
     <w:rsid w:val="0006583F"/>
     <w:rsid w:val="00070F5A"/>
     <w:rsid w:val="00086D51"/>
+    <w:rsid w:val="000B51CA"/>
     <w:rsid w:val="000B558B"/>
     <w:rsid w:val="000C6170"/>
     <w:rsid w:val="000D0998"/>
     <w:rsid w:val="000F48F6"/>
+    <w:rsid w:val="00133ED4"/>
     <w:rsid w:val="00161075"/>
-    <w:rsid w:val="00170763"/>
     <w:rsid w:val="00172108"/>
     <w:rsid w:val="00175128"/>
     <w:rsid w:val="00181A55"/>
+    <w:rsid w:val="001C56E5"/>
     <w:rsid w:val="001D30A2"/>
     <w:rsid w:val="001E2C1D"/>
     <w:rsid w:val="001F580A"/>
     <w:rsid w:val="00201069"/>
     <w:rsid w:val="00230B3B"/>
     <w:rsid w:val="00243C71"/>
     <w:rsid w:val="00262292"/>
     <w:rsid w:val="002725EB"/>
     <w:rsid w:val="002A17D3"/>
     <w:rsid w:val="00314249"/>
     <w:rsid w:val="003176FD"/>
+    <w:rsid w:val="003376FE"/>
     <w:rsid w:val="003E014D"/>
     <w:rsid w:val="00436B7C"/>
+    <w:rsid w:val="00442717"/>
+    <w:rsid w:val="00465F9F"/>
     <w:rsid w:val="00475207"/>
     <w:rsid w:val="00480F96"/>
     <w:rsid w:val="00497E24"/>
     <w:rsid w:val="004A0745"/>
     <w:rsid w:val="004A4809"/>
     <w:rsid w:val="004A5B28"/>
     <w:rsid w:val="004C6D5B"/>
     <w:rsid w:val="004C71F2"/>
     <w:rsid w:val="004F3BB1"/>
     <w:rsid w:val="004F6FDC"/>
     <w:rsid w:val="00514FA5"/>
     <w:rsid w:val="005456A4"/>
+    <w:rsid w:val="00602D3D"/>
+    <w:rsid w:val="00646958"/>
     <w:rsid w:val="00654F45"/>
+    <w:rsid w:val="006752FF"/>
     <w:rsid w:val="00676EA5"/>
     <w:rsid w:val="00684C1A"/>
     <w:rsid w:val="00694A33"/>
     <w:rsid w:val="006B395E"/>
     <w:rsid w:val="006C33E9"/>
     <w:rsid w:val="006F1E37"/>
     <w:rsid w:val="00700C26"/>
+    <w:rsid w:val="00715F22"/>
     <w:rsid w:val="00736121"/>
     <w:rsid w:val="00760DFF"/>
     <w:rsid w:val="00764B90"/>
     <w:rsid w:val="00766217"/>
     <w:rsid w:val="007B024D"/>
     <w:rsid w:val="007B6102"/>
+    <w:rsid w:val="0080412B"/>
     <w:rsid w:val="00814559"/>
     <w:rsid w:val="00816FB7"/>
     <w:rsid w:val="00837D07"/>
     <w:rsid w:val="00854757"/>
     <w:rsid w:val="008609CB"/>
+    <w:rsid w:val="008611BE"/>
+    <w:rsid w:val="008A2CA5"/>
     <w:rsid w:val="008B3C8C"/>
     <w:rsid w:val="008B4952"/>
     <w:rsid w:val="008D2EAE"/>
     <w:rsid w:val="00903AEC"/>
     <w:rsid w:val="00913717"/>
     <w:rsid w:val="00953965"/>
     <w:rsid w:val="009570ED"/>
     <w:rsid w:val="009A263B"/>
     <w:rsid w:val="00A03C58"/>
     <w:rsid w:val="00A16797"/>
     <w:rsid w:val="00A206FE"/>
     <w:rsid w:val="00A82CAB"/>
     <w:rsid w:val="00A85729"/>
     <w:rsid w:val="00A92D60"/>
     <w:rsid w:val="00A940FB"/>
     <w:rsid w:val="00AA5F08"/>
     <w:rsid w:val="00AC1E13"/>
     <w:rsid w:val="00AD68F1"/>
     <w:rsid w:val="00AE1A17"/>
     <w:rsid w:val="00B01BC5"/>
     <w:rsid w:val="00B14B46"/>
     <w:rsid w:val="00B35486"/>
-    <w:rsid w:val="00B76D4B"/>
+    <w:rsid w:val="00B8664C"/>
     <w:rsid w:val="00BA35DE"/>
     <w:rsid w:val="00BB1C52"/>
     <w:rsid w:val="00BB569C"/>
     <w:rsid w:val="00BC20A8"/>
     <w:rsid w:val="00C1218A"/>
     <w:rsid w:val="00C24415"/>
     <w:rsid w:val="00C27BD1"/>
     <w:rsid w:val="00C35730"/>
     <w:rsid w:val="00C62074"/>
     <w:rsid w:val="00C85B09"/>
     <w:rsid w:val="00CB3AB6"/>
     <w:rsid w:val="00CB5B89"/>
     <w:rsid w:val="00CB6861"/>
     <w:rsid w:val="00CF1BE4"/>
     <w:rsid w:val="00D264B7"/>
     <w:rsid w:val="00D47104"/>
     <w:rsid w:val="00D6146D"/>
-    <w:rsid w:val="00D72749"/>
     <w:rsid w:val="00D86829"/>
     <w:rsid w:val="00DB5079"/>
     <w:rsid w:val="00DC17AA"/>
-    <w:rsid w:val="00DF3ED1"/>
+    <w:rsid w:val="00DC69FA"/>
     <w:rsid w:val="00E22860"/>
+    <w:rsid w:val="00E56554"/>
     <w:rsid w:val="00E61C2F"/>
     <w:rsid w:val="00E76F3E"/>
     <w:rsid w:val="00E94696"/>
-    <w:rsid w:val="00E97AB2"/>
+    <w:rsid w:val="00E94A37"/>
     <w:rsid w:val="00EA4D7D"/>
     <w:rsid w:val="00EB6983"/>
-    <w:rsid w:val="00EE1D9F"/>
-    <w:rsid w:val="00F11BBC"/>
     <w:rsid w:val="00F3502B"/>
     <w:rsid w:val="00F77CF1"/>
     <w:rsid w:val="00FA2E80"/>
-    <w:rsid w:val="00FA6E41"/>
     <w:rsid w:val="00FB0090"/>
+    <w:rsid w:val="00FF0152"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="98305"/>
+    <o:shapedefaults v:ext="edit" spidmax="110593"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="257FC87C"/>
   <w15:docId w15:val="{3975F866-0B7A-422B-83FE-371719FA8885}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4544,50 +4634,51 @@
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -4894,98 +4985,137 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bodytext1">
     <w:name w:val="bodytext1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="002A17D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       <w:color w:val="333333"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="72"/>
     <w:qFormat/>
     <w:rsid w:val="00C35730"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="727529748">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1148470814">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1376391950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1436704699">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1438020027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2045864125">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cu.edu%2Femployee-services%2Fcollaborative-hr-services%2Fcu-campuses%2Ffamli-fml-and-parental-leave&amp;data=05%7C02%7CCARRI.BOOTHE%40UCDENVER.EDU%7Ce7c31e1c4132458f352008dd1adbcaf1%7C563337caa517421aaae01aa5b414fd7f%7C0%7C0%7C638696253492680336%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=KAqhcTdLsCKFTp1RWqKxt2YV2DkRa9f%2F%2BLP7UPZ%2Be34%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leave@cu.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///Z:\UCD_Identity_Kit\Electronic_Letterhead\Schools%20&amp;%20Colleges\clas_eStationery.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5256,67 +5386,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49015F7D-DC62-4F32-943E-773A9879987D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>clas_eStationery</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1085</Words>
-  <Characters>5861</Characters>
+  <Words>1109</Words>
+  <Characters>6812</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Department</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6933</CharactersWithSpaces>
+  <CharactersWithSpaces>7906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Department</dc:title>
   <dc:creator>kbrown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>