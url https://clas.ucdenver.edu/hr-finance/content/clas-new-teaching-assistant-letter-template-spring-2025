--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6699539A" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00215372" w:rsidRDefault="001F580A" w:rsidP="00361F78">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2329348E" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00215372" w:rsidRDefault="007B024D" w:rsidP="00361F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
@@ -319,226 +319,235 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00215372" w:rsidRPr="00215372">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You may not begin work prior to passing the background check and your appointment is subject to termination if it is later determined that you failed.  University policy also requires employees to disclose any new criminal convictions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="678E4C05" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="198518F0" w14:textId="6FE43E72" w:rsidR="00F33B9B" w:rsidRDefault="00F33B9B" w:rsidP="00F33B9B">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="258B3F61" w14:textId="0BE8DDAC" w:rsidR="00A95F4B" w:rsidRDefault="00A95F4B" w:rsidP="00A95F4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="300"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1400"/>
+        </w:tabs>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk126928611"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your appointment is a part-time at-will appointment.  </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Your appointment begins January 13, 2025 and ends on May 16, 2025. Classes begin on January 21, 2025. </w:t>
+        <w:t xml:space="preserve">Your appointment is a part-time at-will appointment.  Your appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">begins </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71D21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>January 12, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ends on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71D21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>May 15, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your salary will be </w:t>
+        <w:t xml:space="preserve">  Your salary will be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the semester. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk166230063"/>
-[...5 lines deleted...]
-        <w:t>Your salary is considered an open record under Colorado law and may be provided publicly</w:t>
+      <w:r w:rsidR="00B357F4" w:rsidRPr="00B357F4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your salary is considered an open record under Colorado law and may be provided publicly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00644C0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">You will be paid monthly on the last business day of each month.  </w:t>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">You will be paid monthly on the last business day of each month.  You will receive prorated pay in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71D21">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>January</w:t>
       </w:r>
-      <w:r w:rsidRPr="00533C28">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00CC1D66">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00A71D21">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>May</w:t>
       </w:r>
-      <w:r w:rsidRPr="00533C28">
-[...37 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to align with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work dates.  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="05AAB3CF" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="300"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00C0C3BA" w14:textId="0613CF19" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
+    <w:p w14:paraId="00C0C3BA" w14:textId="16F79508" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your initial responsibilities include</w:t>
       </w:r>
       <w:r w:rsidR="001C072E" w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -684,56 +693,56 @@
         </w:rPr>
         <w:t>resources.  Thus, we cannot guarantee that you will teach particular courses</w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or that you will actually teach in a given term. </w:t>
       </w:r>
       <w:r w:rsidR="00844594">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Courses taught in </w:t>
       </w:r>
-      <w:r w:rsidR="00CC1D66">
-[...4 lines deleted...]
-        <w:t>Spring 2025</w:t>
+      <w:r w:rsidR="00A71D21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spring 2026</w:t>
       </w:r>
       <w:r w:rsidR="00844594">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be remote or online or may need to transition to remote or online during the semester. Remote instruction must have a standard meeting pattern and the section number of the course will not change. </w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Future responsibilities, if any, and future changes, if any, will be determined by your Department Chair in consultation with you and communicated to you in writing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E215A88" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -761,87 +770,144 @@
         </w:rPr>
         <w:t xml:space="preserve">As a condition of employment, you are expressly subject to the rules and policies of the Regents of the University of Colorado.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This is an at-will appointment.  Your employment is subject to termination by either you or the University at any time.  Except as provided by law, no compensation shall be owed or paid to you upon or after the termination of your employment unless it was earned prior to termination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3960188B" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00377D39" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="369A5FD1" w14:textId="77777777" w:rsidR="001F29EA" w:rsidRPr="00215372" w:rsidRDefault="001F29EA" w:rsidP="002626EB">
-      <w:pPr>
+    <w:p w14:paraId="5F8A444B" w14:textId="77777777" w:rsidR="001F4D0F" w:rsidRPr="001F4D0F" w:rsidRDefault="001F29EA" w:rsidP="001F4D0F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00377D39">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00377D39">
+        <w:t xml:space="preserve">This part-time appointment is without group health, life insurance, and retirement benefits.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00377D39" w:rsidRPr="002626EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>As a result of the Healthy Families and Workplace Act effective January 1, 2021, you will earn .034 hours</w:t>
+      </w:r>
+      <w:r w:rsidR="00220989">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of sick leave</w:t>
+      </w:r>
+      <w:r w:rsidR="00377D39" w:rsidRPr="002626EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each hour worked.  The maximum accrual is 48 hours per fiscal year. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4D0F" w:rsidRPr="001F4D0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All eligible employees can receive up to 12 weeks of paid family and medical leave under CU’s FAMLI plan. To learn about your leave benefits and eligibility, please visit CU's leave website:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="Original URL: https://www.cu.edu/employee-services/collaborative-hr-services/cu-campuses/famli-fml-and-parental-leave. Click or tap if you trust this link." w:history="1">
+        <w:r w:rsidR="001F4D0F" w:rsidRPr="001F4D0F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t> https://www.cu.edu/employee-services/collaborative-hr-services/cu-campuses/famli-fml-and-parental-leave</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001F4D0F" w:rsidRPr="001F4D0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="001F4D0F" w:rsidRPr="001F4D0F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>leave@cu.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001F4D0F" w:rsidRPr="001F4D0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you have any questions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54809BDE" w14:textId="77777777" w:rsidR="001F4D0F" w:rsidRDefault="001F4D0F" w:rsidP="002626EB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="369A5FD1" w14:textId="64E86F22" w:rsidR="001F29EA" w:rsidRPr="00215372" w:rsidRDefault="001F29EA" w:rsidP="002626EB">
+      <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This part-time appointment is without group health, life insurance, and retirement benefits.  </w:t>
-[...21 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Federal law requires that undergraduate students be enrolled for a minimum of 6 credit hours and graduate students be enrolled for a minimum of 3 credit hours for the term in which they are employed, including summer, to be exempt from the Colorado Student Retirement Plan.  Students working in the semester in which they will graduate are not held to this minimum credit hour requirement.  If you do not meet these minimum requirements, you will automatically be enrolled in the Student Retirement Program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5AAE2A" w14:textId="77777777" w:rsidR="000067F3" w:rsidRPr="00215372" w:rsidRDefault="000067F3" w:rsidP="00361F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -875,87 +941,94 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">graduate program.  </w:t>
       </w:r>
       <w:r w:rsidR="0046799D" w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prior to assuming your job duties, you will be required to provide proof of enrollment in an undergraduate or graduate program to your employing department.  If you</w:t>
       </w:r>
       <w:r w:rsidR="00977365" w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0046799D" w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> enrollment status changes, please notify your department and supervisor immediately.  Your enrollment status is subject to verification at any time.  If you are found to not be actively enrolled, your appointment could be subject to immediate termination.</w:t>
+        <w:t xml:space="preserve"> enrollment status changes, please notify your department and supervisor immediately.  Your enrollment status is subject to verification at any time.  If you are found to </w:t>
+      </w:r>
+      <w:r w:rsidR="0046799D" w:rsidRPr="00215372">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>not be actively enrolled, your appointment could be subject to immediate termination.</w:t>
       </w:r>
       <w:r w:rsidR="00101BE8" w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Students must be making satisfactory academic progress towards their degree to be eligible for a TA position.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="491729A4" w14:textId="77777777" w:rsidR="001C072E" w:rsidRPr="00215372" w:rsidRDefault="001C072E" w:rsidP="00361F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A543CF" w14:textId="77777777" w:rsidR="001C072E" w:rsidRPr="00215372" w:rsidRDefault="001C072E" w:rsidP="00361F78">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Students may work a maximum of 25 hours per week or 50 hours total per biweekly payroll period</w:t>
       </w:r>
       <w:r w:rsidR="0041560E" w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the fall and spring semesters</w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, provided that no single week in that period exceeds 40 hours.  Work hour limits apply to all positions held at CU combined.  You must disclose to your employing department any other employment you have with the University of Colorado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17271DC4" w14:textId="77777777" w:rsidR="001C072E" w:rsidRPr="00215372" w:rsidRDefault="001C072E" w:rsidP="00361F78">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -985,169 +1058,151 @@
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In accordance with the Immigration and Naturalization Service (INS) regulations, international students may not work more than 20 hours per week, regardless of the number of positions the individual holds, while classes are in session during the spring and fall semesters.  During the summer, international students may work on campus in a student hourly position a maximum of 40 hours per week.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68DB5826" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00215372" w:rsidRDefault="007B024D" w:rsidP="00361F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64184DEC" w14:textId="50A82DA0" w:rsidR="00B02C45" w:rsidRDefault="00B02C45" w:rsidP="00B02C45">
+    <w:p w14:paraId="41D19819" w14:textId="77777777" w:rsidR="009922D3" w:rsidRDefault="009922D3" w:rsidP="009922D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk137457219"/>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As a condition of employment, </w:t>
       </w:r>
+      <w:r w:rsidR="002727D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="006E7EF8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must verify your employment eligibility</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the University</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2AB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>immediately upon your employment.</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must verify your employment eligibility</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2AB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This is in compliance with Federal law, which requires every employee to complete a Form I-9, Employment Eligibility Verification, and to provide approved documents for examination.  Please read and comply with the posted campus I-9 policy.  You must complete Section 1 of the I-9 no later than your first day of employment.   Your authorized representative must complete Section 2 by examining evidence of identity and employment authorization within 3 business days of your first day of employment.  You must present your original, hard copy documentation to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6170">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...73 lines deleted...]
-        <w:t>(</w:t>
+        <w:t>, Program Assistant (</w:t>
       </w:r>
       <w:r w:rsidRPr="000C6170">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1173,123 +1228,114 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failure to submit IRCA documentation will result in the termination of this appointment</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13724974" w14:textId="77777777" w:rsidR="00B02C45" w:rsidRDefault="00B02C45" w:rsidP="00B02C45">
-      <w:pPr>
+    <w:p w14:paraId="32FA2CD2" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22789E24" w14:textId="77777777" w:rsidR="00B02C45" w:rsidRPr="008609CB" w:rsidRDefault="00B02C45" w:rsidP="00B02C45">
+    <w:p w14:paraId="4296400B" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008609CB">
+      <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Internal Revenue Service (IRS) policy requires that the Social Security Number and the name of the employee for payroll purposes match the number and employee name found on the Social Security Card.  This verification is necessary in order to comply with IRS policy and to ensure that you are paid in a timely fashion.  Please present your Social Security card to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001F580A" w:rsidRPr="00215372">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Department Administrator</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000C6170">
+        <w:t>Program Assistant Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to beginning employment.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="008609CB">
+      <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failure to present a valid Social Security card will result in termination of this appointment.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="1923B1FA" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00215372" w:rsidRDefault="00913717" w:rsidP="00361F78">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="096F7E58" w14:textId="77777777" w:rsidR="00977365" w:rsidRPr="00215372" w:rsidRDefault="00977365" w:rsidP="00361F78">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1764,66 +1810,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432E1C45" w14:textId="77777777" w:rsidR="00A206FE" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="00844594">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A206FE" w:rsidRPr="008609CB" w:rsidSect="009922D3">
-          <w:headerReference w:type="even" r:id="rId8"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00215372">
         <w:rPr>
@@ -1849,85 +1894,85 @@
       <w:r w:rsidRPr="00215372">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009922D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFF4DC5" w14:textId="77777777" w:rsidR="00AE1A17" w:rsidRPr="008609CB" w:rsidRDefault="00AE1A17" w:rsidP="002A17D3">
       <w:pPr>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AE1A17" w:rsidRPr="008609CB" w:rsidSect="00A206FE">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="10FE8CC3" w14:textId="77777777" w:rsidR="00437E61" w:rsidRDefault="00437E61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6E765BDC" w14:textId="77777777" w:rsidR="00437E61" w:rsidRDefault="00437E61">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1960,80 +2005,80 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05440D23" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F575C15" w14:textId="77777777" w:rsidR="00437E61" w:rsidRDefault="00437E61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76C0032B" w14:textId="77777777" w:rsidR="00437E61" w:rsidRDefault="00437E61">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B21F171" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03C40C19" wp14:editId="1310CB57">
           <wp:extent cx="4286250" cy="1371600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="Stationery_Word3-top"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Stationery_Word3-top"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -2052,66 +2097,66 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4286250" cy="1371600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E96E2BB" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3D84F055" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41B5B91D" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06557B30" wp14:editId="186384DB">
           <wp:extent cx="2114550" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:docPr id="2" name="Picture 2" descr="clas_cmyk_h1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="clas_cmyk_h1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -2327,60 +2372,60 @@
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>Denver, CO 80217-3364</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00262292" w:rsidRPr="00CB6861" w14:paraId="2F0B6386" w14:textId="77777777" w:rsidTr="00C62074">
       <w:trPr>
         <w:trHeight w:val="197"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1156" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5F8BCC55" w14:textId="77777777" w:rsidR="00262292" w:rsidRPr="00977365" w:rsidRDefault="00262292" w:rsidP="00C62074">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="3" w:name="Text7"/>
+          <w:bookmarkStart w:id="1" w:name="Text7"/>
           <w:r w:rsidRPr="00977365">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>Office:</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="3"/>
+          <w:bookmarkEnd w:id="1"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1569" w:type="dxa"/>
           <w:tcMar>
             <w:right w:w="115" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="112AB917" w14:textId="77777777" w:rsidR="00262292" w:rsidRPr="00CB6861" w:rsidRDefault="00262292" w:rsidP="00C62074">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00262292" w:rsidRPr="00CB6861" w14:paraId="787FC147" w14:textId="77777777" w:rsidTr="00C62074">
       <w:trPr>
         <w:trHeight w:val="197"/>
       </w:trPr>
@@ -2415,61 +2460,61 @@
             <w:right w:w="115" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="0DA11A6F" w14:textId="77777777" w:rsidR="00262292" w:rsidRPr="00CB6861" w:rsidRDefault="00262292" w:rsidP="00C62074">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5826C065" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2FCEE8D6" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A5A43534"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4257,219 +4302,222 @@
   <w:num w:numId="16" w16cid:durableId="418258524">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1280143296">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="588538422">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1286933695">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1727337645">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="184053310">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="110898135">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="88065"/>
+    <o:shapedefaults v:ext="edit" spidmax="96257"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6146D"/>
     <w:rsid w:val="000067F3"/>
+    <w:rsid w:val="00010191"/>
     <w:rsid w:val="00012923"/>
     <w:rsid w:val="000166BE"/>
     <w:rsid w:val="00023636"/>
+    <w:rsid w:val="0003645B"/>
     <w:rsid w:val="00070F5A"/>
     <w:rsid w:val="00086D51"/>
     <w:rsid w:val="000D0998"/>
     <w:rsid w:val="000E5F3A"/>
     <w:rsid w:val="000F2B06"/>
     <w:rsid w:val="00101BE8"/>
+    <w:rsid w:val="00102496"/>
     <w:rsid w:val="00153923"/>
     <w:rsid w:val="00153F1F"/>
     <w:rsid w:val="00175128"/>
     <w:rsid w:val="0018438B"/>
+    <w:rsid w:val="001844FC"/>
     <w:rsid w:val="001C072E"/>
     <w:rsid w:val="001D79EC"/>
     <w:rsid w:val="001E0743"/>
     <w:rsid w:val="001E2C1D"/>
     <w:rsid w:val="001F29EA"/>
+    <w:rsid w:val="001F4D0F"/>
     <w:rsid w:val="001F580A"/>
     <w:rsid w:val="00215372"/>
     <w:rsid w:val="00220989"/>
     <w:rsid w:val="0022636C"/>
     <w:rsid w:val="00235481"/>
     <w:rsid w:val="00235DC3"/>
     <w:rsid w:val="00262292"/>
     <w:rsid w:val="002626EB"/>
     <w:rsid w:val="002725EB"/>
     <w:rsid w:val="002727D3"/>
     <w:rsid w:val="002A17D3"/>
     <w:rsid w:val="00314249"/>
     <w:rsid w:val="00361F78"/>
     <w:rsid w:val="00377D39"/>
-    <w:rsid w:val="003A61D3"/>
     <w:rsid w:val="003B7108"/>
     <w:rsid w:val="003E014D"/>
-    <w:rsid w:val="004125DC"/>
     <w:rsid w:val="0041560E"/>
     <w:rsid w:val="00437E61"/>
     <w:rsid w:val="0046799D"/>
     <w:rsid w:val="00473BE9"/>
     <w:rsid w:val="00497E24"/>
     <w:rsid w:val="004A127B"/>
     <w:rsid w:val="004A5B28"/>
     <w:rsid w:val="004B758B"/>
     <w:rsid w:val="004C6D5B"/>
     <w:rsid w:val="00514FA5"/>
-    <w:rsid w:val="005B1B84"/>
     <w:rsid w:val="0067316B"/>
     <w:rsid w:val="00676EA5"/>
     <w:rsid w:val="006B395E"/>
     <w:rsid w:val="006C33E9"/>
     <w:rsid w:val="006E7EF8"/>
     <w:rsid w:val="006F3031"/>
     <w:rsid w:val="00760DFF"/>
     <w:rsid w:val="007B024D"/>
     <w:rsid w:val="007D59E8"/>
-    <w:rsid w:val="007D5B74"/>
     <w:rsid w:val="008120D3"/>
     <w:rsid w:val="00814559"/>
+    <w:rsid w:val="00816E95"/>
     <w:rsid w:val="00837D07"/>
     <w:rsid w:val="00844594"/>
     <w:rsid w:val="00854757"/>
     <w:rsid w:val="008609CB"/>
     <w:rsid w:val="00873B6D"/>
     <w:rsid w:val="008A50A0"/>
     <w:rsid w:val="008B3C8C"/>
     <w:rsid w:val="008D0635"/>
     <w:rsid w:val="008D78CA"/>
     <w:rsid w:val="00913717"/>
     <w:rsid w:val="00953965"/>
     <w:rsid w:val="00957F17"/>
     <w:rsid w:val="00977365"/>
     <w:rsid w:val="009922D3"/>
     <w:rsid w:val="009A338F"/>
     <w:rsid w:val="009B0ED0"/>
     <w:rsid w:val="009C79BA"/>
+    <w:rsid w:val="009D436C"/>
     <w:rsid w:val="00A206FE"/>
     <w:rsid w:val="00A43408"/>
+    <w:rsid w:val="00A44E8B"/>
     <w:rsid w:val="00A56769"/>
+    <w:rsid w:val="00A71D21"/>
     <w:rsid w:val="00A74488"/>
     <w:rsid w:val="00A940FB"/>
-    <w:rsid w:val="00AB379B"/>
+    <w:rsid w:val="00A95F4B"/>
     <w:rsid w:val="00AC4BB7"/>
     <w:rsid w:val="00AE1A17"/>
     <w:rsid w:val="00AE4049"/>
-    <w:rsid w:val="00B02C45"/>
     <w:rsid w:val="00B13EC7"/>
     <w:rsid w:val="00B14B46"/>
     <w:rsid w:val="00B35486"/>
+    <w:rsid w:val="00B357F4"/>
+    <w:rsid w:val="00B75892"/>
     <w:rsid w:val="00BC20A8"/>
     <w:rsid w:val="00C35730"/>
     <w:rsid w:val="00C62074"/>
-    <w:rsid w:val="00CB2E08"/>
     <w:rsid w:val="00CB3AB6"/>
     <w:rsid w:val="00CB6861"/>
-    <w:rsid w:val="00CC1D66"/>
     <w:rsid w:val="00D47104"/>
     <w:rsid w:val="00D6146D"/>
     <w:rsid w:val="00E76F3E"/>
     <w:rsid w:val="00E94696"/>
     <w:rsid w:val="00EB6983"/>
     <w:rsid w:val="00F20E15"/>
-    <w:rsid w:val="00F33B9B"/>
     <w:rsid w:val="00F77CF1"/>
     <w:rsid w:val="00F82323"/>
     <w:rsid w:val="00FA2E80"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="88065"/>
+    <o:shapedefaults v:ext="edit" spidmax="96257"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58844D93"/>
   <w15:docId w15:val="{DBC423C9-F976-4234-B103-A3FAC9CFCF46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4855,50 +4903,51 @@
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -5201,115 +5250,166 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bodytext1">
     <w:name w:val="bodytext1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="002A17D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       <w:color w:val="333333"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="72"/>
     <w:qFormat/>
     <w:rsid w:val="00C35730"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4D0F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="66847724">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="125240726">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="689916291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="784497475">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1305698136">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1438020027">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2139914157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cu.edu%2Femployee-services%2Fcollaborative-hr-services%2Fcu-campuses%2Ffamli-fml-and-parental-leave&amp;data=05%7C02%7CCARRI.BOOTHE%40UCDENVER.EDU%7Ce7c31e1c4132458f352008dd1adbcaf1%7C563337caa517421aaae01aa5b414fd7f%7C0%7C0%7C638696253492680336%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=KAqhcTdLsCKFTp1RWqKxt2YV2DkRa9f%2F%2BLP7UPZ%2Be34%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leave@cu.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///Z:\UCD_Identity_Kit\Electronic_Letterhead\Schools%20&amp;%20Colleges\clas_eStationery.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5584,67 +5684,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A975000A-98C1-41B2-8A3E-B260C77ADDB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>clas_eStationery</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1256</Words>
-  <Characters>6826</Characters>
+  <Words>1277</Words>
+  <Characters>7756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Department</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8066</CharactersWithSpaces>
+  <CharactersWithSpaces>8997</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Department</dc:title>
   <dc:creator>kbrown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>