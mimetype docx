--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="401CE312" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00AE710F" w:rsidRDefault="001F580A" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE710F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F40022E" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00AE710F" w:rsidRDefault="007B024D" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
@@ -334,511 +334,454 @@
       </w:r>
       <w:r w:rsidR="00C311F1" w:rsidRPr="006F1E37">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University policy also requires employees to disclose any new criminal convictions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E115FAB" w14:textId="77777777" w:rsidR="00C34993" w:rsidRPr="008609CB" w:rsidRDefault="00C34993" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B8FCB6F" w14:textId="7C59B29C" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
+    <w:p w14:paraId="08D2133A" w14:textId="018BC71D" w:rsidR="007D6977" w:rsidRDefault="007D6977" w:rsidP="007D6977">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="300"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1400"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk126928611"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your appointment is a part-time at-will appointment.  Your appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">begins </w:t>
+      </w:r>
+      <w:r w:rsidR="00760531">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>January 12, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ends on </w:t>
+      </w:r>
+      <w:r w:rsidR="00760531">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>May 15, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Your salary will be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the semester. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27DEC" w:rsidRPr="00C27DEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your salary is considered an open record under Colorado law and may be provided publicly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will be paid monthly on the last business day of each month.  You will receive prorated pay in </w:t>
+      </w:r>
+      <w:r w:rsidR="00760531">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00760531">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to align with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644C0F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work dates.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="667C3085" w14:textId="77777777" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008609CB">
-[...178 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="667C3085" w14:textId="77777777" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
+    <w:p w14:paraId="455E5E4B" w14:textId="77777777" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="455E5E4B" w14:textId="77777777" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
+    <w:p w14:paraId="50544660" w14:textId="77777777" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="50544660" w14:textId="77777777" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
+    <w:p w14:paraId="4C1CB6A1" w14:textId="2D1F6D85" w:rsidR="00C34993" w:rsidRDefault="00C34993" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your ap</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pointment is a part-time at-will appointment.  Your appointment begins </w:t>
       </w:r>
       <w:r w:rsidR="00E21586" w:rsidRPr="001D42FE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0081309A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00A411EC">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00760531">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00747160" w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ends on</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E21586" w:rsidRPr="001D42FE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="001378AB" w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0081309A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00A411EC">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00760531">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  You</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be paid an hourly rate of </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE710F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="0020658D" w:rsidRPr="00624904">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00C27DEC" w:rsidRPr="00C27DEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your salary is considered an open record under Colorado law and may be provided publicly.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27DEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You will be paid biweekly beginning </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE710F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04970B98" w14:textId="77777777" w:rsidR="00DA00B8" w:rsidRPr="00DA00B8" w:rsidRDefault="00DA00B8" w:rsidP="009C6526">
@@ -962,54 +905,53 @@
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This is an at-will appointment.  Your employment is subject to termination by either you or the University at any time.  Except as provided by law, no compensation shall be owed or paid to you upon or after the termination of your employment unless it was earned prior to termination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5829F28C" w14:textId="77777777" w:rsidR="00734DE6" w:rsidRDefault="00734DE6" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C4ABCAD" w14:textId="77777777" w:rsidR="008A7C3B" w:rsidRDefault="008A7C3B" w:rsidP="003F3485">
-[...2 lines deleted...]
-          <w:iCs/>
+    <w:p w14:paraId="3574BBD5" w14:textId="77777777" w:rsidR="007F5ADB" w:rsidRDefault="008A7C3B" w:rsidP="007F5ADB">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010730B">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This part-time </w:t>
       </w:r>
       <w:r w:rsidRPr="003A0416">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>appointment is without group health, life insurance, and retirement benefits</w:t>
       </w:r>
       <w:r w:rsidRPr="005C53DC">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1024,53 +966,108 @@
         <w:t>As a result of the Healthy Families and Workplace Act effective January 1, 2021, you will earn .034 hours</w:t>
       </w:r>
       <w:r w:rsidR="00644326">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of sick leave</w:t>
       </w:r>
       <w:r w:rsidR="003A0416" w:rsidRPr="003F3485">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for each hour worked.  The maximum accrual is 48 hours per fiscal year</w:t>
       </w:r>
       <w:r w:rsidR="00081C68">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003A0416">
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A0416">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="007F5ADB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All eligible employees can receive up to 12 weeks of paid family and medical leave under CU’s FAMLI plan. To learn about your leave benefits and eligibility, please visit CU's leave website:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="Original URL: https://www.cu.edu/employee-services/collaborative-hr-services/cu-campuses/famli-fml-and-parental-leave. Click or tap if you trust this link." w:history="1">
+        <w:r w:rsidR="007F5ADB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t> https://www.cu.edu/employee-services/collaborative-hr-services/cu-campuses/famli-fml-and-parental-leave</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F5ADB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="007F5ADB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>leave@cu.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F5ADB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you have any questions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25908220" w14:textId="77777777" w:rsidR="007F5ADB" w:rsidRDefault="007F5ADB" w:rsidP="007F5ADB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C4ABCAD" w14:textId="33DCDE44" w:rsidR="008A7C3B" w:rsidRDefault="008A7C3B" w:rsidP="003F3485">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0010730B">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal law requires that </w:t>
       </w:r>
       <w:r w:rsidR="001F4A4E">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undergraduate students be enrolled for a minimum of 6 credit hours and </w:t>
       </w:r>
       <w:r w:rsidRPr="0010730B">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>graduate students be enrolled for a minimum of 3 credit hours for the term in which they are employed, including summer, to be exempt from the Colorado Student Retirement Plan.  Students working in the semester in which they will graduate are not held to this minimum credit hour requirement.  If you do not meet these minimum requirements, you will automatically be enrolled in the Student Retirement Program.</w:t>
       </w:r>
     </w:p>
@@ -1114,51 +1111,59 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointments are </w:t>
       </w:r>
       <w:r w:rsidR="00734DE6" w:rsidRPr="00E35200">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">reserved for students actively enrolled and participating in an approved </w:t>
       </w:r>
       <w:r w:rsidR="001F4A4E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undergraduate or </w:t>
       </w:r>
       <w:r w:rsidR="00734DE6" w:rsidRPr="00E35200">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>graduate program.  Prior to assuming your job duties, you will be required to provide proof of enrollment in an undergraduate or graduate program to your employing department.  If you</w:t>
+        <w:t xml:space="preserve">graduate program.  Prior to assuming your job duties, you will be required to provide proof of enrollment in an undergraduate </w:t>
+      </w:r>
+      <w:r w:rsidR="00734DE6" w:rsidRPr="00E35200">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>or graduate program to your employing department.  If you</w:t>
       </w:r>
       <w:r w:rsidR="00734DE6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00734DE6" w:rsidRPr="00E35200">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> enrollment status changes, please notify your department and supervisor immediately.  Your enrollment status is subject to verification at any time.  If you are found to not be actively enrolled, your appointment could be subject to immediate termination.</w:t>
       </w:r>
       <w:r w:rsidR="000067F3" w:rsidRPr="000067F3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="411B579F" w14:textId="77777777" w:rsidR="000067F3" w:rsidRDefault="000067F3" w:rsidP="009C6526">
       <w:pPr>
@@ -1199,59 +1204,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> hours per week</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 50 hours total per biweekly payroll period</w:t>
       </w:r>
       <w:r w:rsidR="008A7C3B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the fall and spring semesters</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, provided that no single week in that period exceeds 40 hours.  Work hour limits apply to all positions held at CU </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">combined.  You must disclose to your employing department any other employment you have with the University of Colorado. </w:t>
+        <w:t xml:space="preserve">, provided that no single week in that period exceeds 40 hours.  Work hour limits apply to all positions held at CU combined.  You must disclose to your employing department any other employment you have with the University of Colorado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207AE63F" w14:textId="77777777" w:rsidR="009D2FE9" w:rsidRDefault="009D2FE9" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DFD38F" w14:textId="77777777" w:rsidR="009D2FE9" w:rsidRDefault="009D2FE9" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10800"/>
@@ -1294,168 +1291,143 @@
         <w:t>During the summer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, international students may work on campus in a student hourly position a maximum of 40 hours per week.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C3D22B" w14:textId="77777777" w:rsidR="007B024D" w:rsidRPr="00E35200" w:rsidRDefault="007B024D" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A341EC4" w14:textId="7332F1F6" w:rsidR="00892AF6" w:rsidRDefault="00892AF6" w:rsidP="00892AF6">
+    <w:p w14:paraId="71627E74" w14:textId="77777777" w:rsidR="0081309A" w:rsidRDefault="0081309A" w:rsidP="0081309A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As a condition of employment, </w:t>
       </w:r>
+      <w:r w:rsidR="00B140A4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must verify your employment eligibility</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the University</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2AB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>immediately upon your employment.</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must verify your employment eligibility</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2AB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This is in compliance with Federal law, which requires every employee to complete a Form I-9, Employment Eligibility Verification, and to provide approved documents for examination.  Please read and comply with the posted campus I-9 policy.  You must complete Section 1 of the I-9 no later than your first day of employment.   Your authorized representative must complete Section 2 by examining evidence of identity and employment authorization within 3 business days of your first day of employment.  You must present your original, hard copy documentation to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008609CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6170">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>, Program Assistant (</w:t>
       </w:r>
       <w:r w:rsidRPr="000C6170">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1481,103 +1453,97 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failure to submit IRCA documentation will result in the termination of this appointment</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8D2723" w14:textId="77777777" w:rsidR="00892AF6" w:rsidRDefault="00892AF6" w:rsidP="00892AF6">
-      <w:pPr>
+    <w:p w14:paraId="78BFBDAC" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="009C6526">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E232CB3" w14:textId="77777777" w:rsidR="00892AF6" w:rsidRPr="008609CB" w:rsidRDefault="00892AF6" w:rsidP="00892AF6">
+    <w:p w14:paraId="6EDC5FCD" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="009C6526">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
+          <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Internal Revenue Service (IRS) policy requires that the Social Security Number and the name of the employee for payroll purposes match the number and employee name found on the Social Security Card.  This verification is necessary in order to comply with IRS policy and to ensure that you are paid in a timely fashion.  Please present your Social Security card to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001F580A" w:rsidRPr="00AE710F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Department Administrator</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Name</w:t>
+        <w:t>Program Assistant Name</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to beginning employment.  </w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Failure to present a valid Social Security card will result in termination of this appointment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1754201B" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="009C6526">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
@@ -1873,97 +1839,97 @@
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>We look forward to your acceptance of this offer and to your contributions to the University of Colorado Denver.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501250E6" w14:textId="77777777" w:rsidR="00892AF6" w:rsidRPr="008609CB" w:rsidRDefault="00892AF6" w:rsidP="009C6526">
+    <w:p w14:paraId="7056EEC1" w14:textId="77777777" w:rsidR="00DF7689" w:rsidRPr="008609CB" w:rsidRDefault="00DF7689" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52124EC2" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00C32A51" w:rsidRDefault="00913717" w:rsidP="009C6526">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8455C0" w14:textId="77777777" w:rsidR="00913717" w:rsidRDefault="00913717" w:rsidP="002A17D3">
+    <w:p w14:paraId="23645101" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00C32A51" w:rsidRDefault="00913717" w:rsidP="002A17D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="513B48CF" w14:textId="77777777" w:rsidR="00892AF6" w:rsidRPr="00C32A51" w:rsidRDefault="00892AF6" w:rsidP="002A17D3">
+    <w:p w14:paraId="5A8455C0" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="00C32A51" w:rsidRDefault="00913717" w:rsidP="002A17D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21DA7E0B" w14:textId="77777777" w:rsidR="00BC20A8" w:rsidRPr="008609CB" w:rsidRDefault="00BC20A8" w:rsidP="00BC20A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2029,54 +1995,55 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CLAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A1EE26" w14:textId="77777777" w:rsidR="000067F3" w:rsidRDefault="00913717" w:rsidP="002A17D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>University of Colorado Denver</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4474F225" w14:textId="77777777" w:rsidR="00892AF6" w:rsidRPr="008609CB" w:rsidRDefault="00892AF6" w:rsidP="002A17D3">
+    <w:p w14:paraId="543A0FA8" w14:textId="77777777" w:rsidR="00AE710F" w:rsidRPr="008609CB" w:rsidRDefault="00AE710F" w:rsidP="002A17D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52777094" w14:textId="77777777" w:rsidR="00913717" w:rsidRPr="008A7C3B" w:rsidRDefault="00913717" w:rsidP="008A7C3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2125,175 +2092,167 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635F3500" w14:textId="22BE65A9" w:rsidR="00A206FE" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="00E17A0F">
+    <w:p w14:paraId="635F3500" w14:textId="77777777" w:rsidR="00A206FE" w:rsidRPr="008609CB" w:rsidRDefault="00913717" w:rsidP="00E17A0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A206FE" w:rsidRPr="008609CB" w:rsidSect="00AE710F">
-          <w:headerReference w:type="even" r:id="rId8"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1008" w:right="720" w:bottom="1008" w:left="720" w:header="720" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008609CB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Dat</w:t>
-[...6 lines deleted...]
-        <w:t>e</w:t>
+        <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5681240E" w14:textId="77777777" w:rsidR="00AE1A17" w:rsidRPr="008609CB" w:rsidRDefault="00AE1A17" w:rsidP="002A17D3">
       <w:pPr>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AE1A17" w:rsidRPr="008609CB" w:rsidSect="00A206FE">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="60DBD78A" w14:textId="77777777" w:rsidR="00CF0C81" w:rsidRDefault="00CF0C81">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34D7CF96" w14:textId="77777777" w:rsidR="00CF0C81" w:rsidRDefault="00CF0C81">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2326,80 +2285,80 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71465234" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33510BDF" w14:textId="77777777" w:rsidR="00CF0C81" w:rsidRDefault="00CF0C81">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2C8A42BE" w14:textId="77777777" w:rsidR="00CF0C81" w:rsidRDefault="00CF0C81">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75333600" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="275418C3" wp14:editId="6046BD0A">
           <wp:extent cx="4286250" cy="1371600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="Stationery_Word3-top"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Stationery_Word3-top"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -2418,66 +2377,66 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4286250" cy="1371600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78B35BB9" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="13D2C8C9" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F007DC5" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14CF1E6C" wp14:editId="68CEDD63">
           <wp:extent cx="2114550" cy="828675"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:docPr id="2" name="Picture 2" descr="clas_cmyk_h1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="clas_cmyk_h1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -2781,61 +2740,61 @@
             <w:right w:w="115" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="758C08A5" w14:textId="77777777" w:rsidR="00262292" w:rsidRPr="00CB6861" w:rsidRDefault="00262292" w:rsidP="00C62074">
           <w:pPr>
             <w:spacing w:line="200" w:lineRule="exact"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="33A25531" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F7E092C" w14:textId="77777777" w:rsidR="00262292" w:rsidRDefault="00262292">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A5A43534"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4623,222 +4582,229 @@
   <w:num w:numId="16" w16cid:durableId="1142577411">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1898741396">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="610018230">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="992101629">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1251428136">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="983696761">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="326249583">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6146D"/>
     <w:rsid w:val="000067F3"/>
-    <w:rsid w:val="00017749"/>
+    <w:rsid w:val="00043B79"/>
     <w:rsid w:val="0007023E"/>
     <w:rsid w:val="00070F5A"/>
     <w:rsid w:val="00081C68"/>
     <w:rsid w:val="00086D51"/>
     <w:rsid w:val="000D0998"/>
     <w:rsid w:val="000F6689"/>
     <w:rsid w:val="00107B36"/>
     <w:rsid w:val="00116036"/>
-    <w:rsid w:val="001338E7"/>
     <w:rsid w:val="001378AB"/>
     <w:rsid w:val="00175128"/>
     <w:rsid w:val="001A40AE"/>
     <w:rsid w:val="001D42FE"/>
     <w:rsid w:val="001E2C1D"/>
     <w:rsid w:val="001F4A4E"/>
     <w:rsid w:val="001F580A"/>
-    <w:rsid w:val="0020658D"/>
     <w:rsid w:val="00210D9A"/>
+    <w:rsid w:val="00245FAF"/>
     <w:rsid w:val="00262292"/>
     <w:rsid w:val="002725EB"/>
     <w:rsid w:val="002A17D3"/>
+    <w:rsid w:val="002D171E"/>
     <w:rsid w:val="002F7400"/>
     <w:rsid w:val="00314249"/>
     <w:rsid w:val="0033526F"/>
     <w:rsid w:val="003A0416"/>
     <w:rsid w:val="003A6118"/>
     <w:rsid w:val="003E014D"/>
     <w:rsid w:val="003F3485"/>
     <w:rsid w:val="00497E24"/>
+    <w:rsid w:val="004A328A"/>
+    <w:rsid w:val="004A33D4"/>
     <w:rsid w:val="004A5B28"/>
-    <w:rsid w:val="004B72E3"/>
     <w:rsid w:val="004C6D5B"/>
     <w:rsid w:val="00514FA5"/>
     <w:rsid w:val="005C53DC"/>
     <w:rsid w:val="00636626"/>
     <w:rsid w:val="00640F78"/>
     <w:rsid w:val="00644326"/>
+    <w:rsid w:val="00660797"/>
     <w:rsid w:val="00676EA5"/>
     <w:rsid w:val="006A59D6"/>
+    <w:rsid w:val="006A7631"/>
     <w:rsid w:val="006B395E"/>
     <w:rsid w:val="006C33E9"/>
     <w:rsid w:val="006D4CDB"/>
     <w:rsid w:val="006F4C25"/>
     <w:rsid w:val="00711928"/>
     <w:rsid w:val="00734DE6"/>
     <w:rsid w:val="00747160"/>
+    <w:rsid w:val="00760531"/>
     <w:rsid w:val="00760DFF"/>
     <w:rsid w:val="00786691"/>
     <w:rsid w:val="00796A6F"/>
     <w:rsid w:val="007B024D"/>
+    <w:rsid w:val="007D6977"/>
+    <w:rsid w:val="007F5ADB"/>
     <w:rsid w:val="00811ACD"/>
     <w:rsid w:val="0081309A"/>
     <w:rsid w:val="00814559"/>
     <w:rsid w:val="00837D07"/>
     <w:rsid w:val="00840747"/>
     <w:rsid w:val="00854757"/>
     <w:rsid w:val="008609CB"/>
     <w:rsid w:val="0087129C"/>
     <w:rsid w:val="00887FE2"/>
-    <w:rsid w:val="00892AF6"/>
     <w:rsid w:val="008A7C3B"/>
     <w:rsid w:val="008B3C8C"/>
     <w:rsid w:val="00913717"/>
     <w:rsid w:val="00930680"/>
     <w:rsid w:val="00953965"/>
     <w:rsid w:val="009643D5"/>
     <w:rsid w:val="009C6526"/>
     <w:rsid w:val="009D2FE9"/>
     <w:rsid w:val="00A17745"/>
     <w:rsid w:val="00A206FE"/>
-    <w:rsid w:val="00A411EC"/>
     <w:rsid w:val="00A60E7D"/>
     <w:rsid w:val="00A940FB"/>
     <w:rsid w:val="00AB28B3"/>
+    <w:rsid w:val="00AD1600"/>
     <w:rsid w:val="00AE1A17"/>
     <w:rsid w:val="00AE710F"/>
     <w:rsid w:val="00B12322"/>
     <w:rsid w:val="00B140A4"/>
     <w:rsid w:val="00B14B46"/>
     <w:rsid w:val="00B35486"/>
     <w:rsid w:val="00B76722"/>
     <w:rsid w:val="00BA31E9"/>
     <w:rsid w:val="00BC20A8"/>
+    <w:rsid w:val="00C033CC"/>
     <w:rsid w:val="00C0675D"/>
+    <w:rsid w:val="00C27DEC"/>
     <w:rsid w:val="00C311F1"/>
     <w:rsid w:val="00C32A51"/>
     <w:rsid w:val="00C34993"/>
     <w:rsid w:val="00C35730"/>
     <w:rsid w:val="00C62074"/>
     <w:rsid w:val="00C97AD4"/>
     <w:rsid w:val="00CB3AB6"/>
     <w:rsid w:val="00CB6861"/>
     <w:rsid w:val="00CF0C81"/>
     <w:rsid w:val="00D47104"/>
     <w:rsid w:val="00D6146D"/>
     <w:rsid w:val="00DA00B8"/>
-    <w:rsid w:val="00DA1E76"/>
     <w:rsid w:val="00DB728B"/>
     <w:rsid w:val="00DF7689"/>
     <w:rsid w:val="00E17A0F"/>
     <w:rsid w:val="00E21586"/>
     <w:rsid w:val="00E35200"/>
     <w:rsid w:val="00E76F3E"/>
     <w:rsid w:val="00E94696"/>
     <w:rsid w:val="00EB6983"/>
+    <w:rsid w:val="00F254DF"/>
     <w:rsid w:val="00F54071"/>
     <w:rsid w:val="00F77CF1"/>
     <w:rsid w:val="00FA2E80"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C12AB98"/>
   <w15:docId w15:val="{E7E0C8DC-56AD-41DB-B1DC-ED86578B4977}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5571,115 +5537,166 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bodytext1">
     <w:name w:val="bodytext1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="002A17D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       <w:color w:val="333333"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="72"/>
     <w:qFormat/>
     <w:rsid w:val="00C35730"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007F5ADB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1512499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="584068900">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="700398977">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1028918035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1035736067">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1438020027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1831015523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cu.edu%2Femployee-services%2Fcollaborative-hr-services%2Fcu-campuses%2Ffamli-fml-and-parental-leave&amp;data=05%7C02%7CCARRI.BOOTHE%40UCDENVER.EDU%7Ce7c31e1c4132458f352008dd1adbcaf1%7C563337caa517421aaae01aa5b414fd7f%7C0%7C0%7C638696253492680336%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=KAqhcTdLsCKFTp1RWqKxt2YV2DkRa9f%2F%2BLP7UPZ%2Be34%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leave@cu.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///Z:\UCD_Identity_Kit\Electronic_Letterhead\Schools%20&amp;%20Colleges\clas_eStationery.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5954,67 +5971,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{002230A1-C40B-43F7-8F09-7DEC24501918}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>clas_eStationery</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1138</Words>
-  <Characters>6187</Characters>
+  <Words>1193</Words>
+  <Characters>7281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Department</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7311</CharactersWithSpaces>
+  <CharactersWithSpaces>8435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Department</dc:title>
   <dc:creator>kbrown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>