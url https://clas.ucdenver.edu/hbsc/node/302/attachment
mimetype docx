--- v0 (2025-10-08)
+++ v1 (2026-02-27)
@@ -412,95 +412,95 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34E7C99D" w14:textId="77777777" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00D42170">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B2E54CB" w14:textId="77777777" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00D42170">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B77B188" w14:textId="54E12EDE" w:rsidR="00A025AC" w:rsidRPr="00B771B1" w:rsidRDefault="009C6E4B" w:rsidP="00FF27D1">
+    <w:p w14:paraId="7B77B188" w14:textId="68A668C0" w:rsidR="00A025AC" w:rsidRPr="00B771B1" w:rsidRDefault="009C6E4B" w:rsidP="00FF27D1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised: </w:t>
       </w:r>
-      <w:r w:rsidR="00D317FE">
+      <w:r w:rsidR="00D8604F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>May</w:t>
+        <w:t xml:space="preserve">February </w:t>
       </w:r>
       <w:r w:rsidR="00217890">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D57D17">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78524047" w14:textId="77777777" w:rsidR="00720518" w:rsidRPr="00B771B1" w:rsidRDefault="00720518" w:rsidP="00D42170">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39E29AAE" w14:textId="3867AED6" w:rsidR="00A70130" w:rsidRDefault="00720518" w:rsidP="00FF27D1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E216EA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2692,66 +2692,149 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00200A99">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5977FFB6" w14:textId="54470AF6" w:rsidR="000A2C01" w:rsidRPr="00000A87" w:rsidRDefault="000A2C01" w:rsidP="00000A87">
+    <w:p w14:paraId="2692B41F" w14:textId="6203E35E" w:rsidR="00BD52CD" w:rsidRDefault="00BD52CD" w:rsidP="00000A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Use of Artificial Intelligence (AI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD52CD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5977FFB6" w14:textId="530D711B" w:rsidR="000A2C01" w:rsidRPr="00000A87" w:rsidRDefault="000A2C01" w:rsidP="00000A87">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000A87">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dissertation Funding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582169">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00582169">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
@@ -2789,56 +2872,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00200A99">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00BD52CD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FABF8AD" w14:textId="727D4697" w:rsidR="000A2C01" w:rsidRPr="00000A87" w:rsidRDefault="000A2C01" w:rsidP="00000A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Graduation Deadlines and Procedures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3070,51 +3153,51 @@
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00200A99">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7E911B" w14:textId="6A4F4C4C" w:rsidR="000A2C01" w:rsidRPr="00000A87" w:rsidRDefault="000A2C01" w:rsidP="00000A87">
+    <w:p w14:paraId="4B7E911B" w14:textId="626CE58B" w:rsidR="000A2C01" w:rsidRPr="00000A87" w:rsidRDefault="000A2C01" w:rsidP="00000A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Professional </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Activites</w:t>
@@ -3169,63 +3252,56 @@
       </w:r>
       <w:r w:rsidR="00582169">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00BD52CD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C06A573" w14:textId="4F4E4C43" w:rsidR="000A2C01" w:rsidRDefault="000A2C01" w:rsidP="00000A87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00000A87">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Residency Change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7520,103 +7596,150 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timing of </w:t>
       </w:r>
       <w:r w:rsidR="00753D30" w:rsidRPr="00A10413">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Coursework</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C25165" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A10413" w:rsidRDefault="00BE1BF1" w:rsidP="00295129">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A85D7ED" w14:textId="27F446C6" w:rsidR="004215A0" w:rsidRPr="00295129" w:rsidRDefault="00BE1BF1" w:rsidP="00A10413">
+    <w:p w14:paraId="7A85D7ED" w14:textId="1412F204" w:rsidR="004215A0" w:rsidRPr="00295129" w:rsidRDefault="00BE1BF1" w:rsidP="00A10413">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For students enrolling in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE1BF1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D8604F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>even</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D8604F" w:rsidRPr="00295129">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> years (</w:t>
+        <w:t>years (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i.e.</w:t>
       </w:r>
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 2024, 2026, etc.):</w:t>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295129">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295129">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, etc.):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1821"/>
         <w:gridCol w:w="1832"/>
         <w:gridCol w:w="2099"/>
         <w:gridCol w:w="2250"/>
@@ -7788,116 +7911,146 @@
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fall (7 credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="72A2D2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6158F757" w14:textId="376CCB0A" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D">
+          <w:p w14:paraId="6158F757" w14:textId="35DB51C1" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Spring (9 credits)</w:t>
+              <w:t>Spring (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8604F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8604F" w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="72A2D2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D159E12" w14:textId="0660604C" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="000E3C70">
+          <w:p w14:paraId="2D159E12" w14:textId="4E8A7899" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="000E3C70">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fall (</w:t>
             </w:r>
-            <w:r w:rsidR="00A97500">
+            <w:r w:rsidR="00D8604F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A97500">
+            <w:r w:rsidR="00D8604F" w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B93D4D" w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -7972,259 +8125,248 @@
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37D65300" w14:textId="0A706F5D" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D" w:rsidP="00FF27D1">
+          <w:p w14:paraId="37D65300" w14:textId="314166D7" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D" w:rsidP="00FF27D1">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HBSC 7011</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>HBSC 70</w:t>
             </w:r>
-            <w:r w:rsidR="00A97500">
+            <w:r w:rsidR="00D8604F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>HBSC 7001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="343AEDF5" w14:textId="6F2D031E" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D" w:rsidP="00FF27D1">
+          <w:p w14:paraId="343AEDF5" w14:textId="5B877CC8" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D" w:rsidP="00FF27D1">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>HBSC 70</w:t>
-[...26 lines deleted...]
-              <w:br/>
               <w:t>HBSC 7041</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53C7AA5E" w14:textId="5853B0E9" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D" w:rsidP="00185243">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>HBSC 7061</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A1244B3" w14:textId="7006664C" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00A97500" w:rsidP="00185243">
+          <w:p w14:paraId="569336A1" w14:textId="77777777" w:rsidR="00D8604F" w:rsidRDefault="00A97500" w:rsidP="00185243">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HBSC 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00B93D4D" w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>HBSC 7051</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1244B3" w14:textId="5A411DDC" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00D8604F" w:rsidP="00185243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HBSC 7071</w:t>
+            </w:r>
             <w:r w:rsidR="00B93D4D" w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A97500">
+            <w:r w:rsidR="00A97500" w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HBSC 7</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29E27E3D" w14:textId="19F59D5F" w:rsidR="00B93D4D" w:rsidRPr="00A97500" w:rsidRDefault="00B93D4D" w:rsidP="00185243">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -8581,66 +8723,87 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If desired</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="368CBD85" w14:textId="77777777" w:rsidR="00B93D4D" w:rsidRDefault="00B93D4D" w:rsidP="00FF27D1">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AB243A2" w14:textId="2A7E87F9" w:rsidR="00BE1BF1" w:rsidRPr="00295129" w:rsidRDefault="00BE1BF1" w:rsidP="00BE1BF1">
+    <w:p w14:paraId="70E6A0FD" w14:textId="77777777" w:rsidR="00D8604F" w:rsidRDefault="00D8604F" w:rsidP="00BE1BF1">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="695925A1" w14:textId="77777777" w:rsidR="00D8604F" w:rsidRDefault="00D8604F" w:rsidP="00BE1BF1">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AB243A2" w14:textId="3FE87BBA" w:rsidR="00BE1BF1" w:rsidRPr="00295129" w:rsidRDefault="00BE1BF1" w:rsidP="00BE1BF1">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For students enrolling in </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE1BF1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odd</w:t>
       </w:r>
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> years (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -8651,51 +8814,87 @@
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00295129">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>., 2025, 2027, etc.):</w:t>
+        <w:t>., 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295129">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295129">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, etc.):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1821"/>
         <w:gridCol w:w="1832"/>
         <w:gridCol w:w="2099"/>
         <w:gridCol w:w="2250"/>
@@ -8717,51 +8916,50 @@
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63D963DF" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="72A2D2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25D94538" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -8868,124 +9066,164 @@
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fall (7 credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="72A2D2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51872121" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
+          <w:p w14:paraId="51872121" w14:textId="54DF6928" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Spring (9 credits)</w:t>
+              <w:t>Spring (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8604F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8604F" w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="72A2D2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="480ED3D8" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
+          <w:p w14:paraId="480ED3D8" w14:textId="2B6A2F39" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fall (</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D8604F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8604F" w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> credits)</w:t>
+              <w:t>credits)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="72A2D2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BE1E2AD" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -9042,268 +9280,272 @@
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E964924" w14:textId="11FF92DD" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
+          <w:p w14:paraId="445B4A38" w14:textId="23A26FAE" w:rsidR="00D8604F" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>HBSC 7011</w:t>
-[...7 lines deleted...]
-              <w:br/>
               <w:t>HBSC 70</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidR="00D8604F">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HBSC 7071</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E964924" w14:textId="5F1BB0D2" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>HBSC 7001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3680ACB1" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
+          <w:p w14:paraId="3680ACB1" w14:textId="33D60C0C" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>HBSC 70</w:t>
-[...26 lines deleted...]
-              <w:br/>
               <w:t>HBSC 7041</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="016DC823" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>HBSC 7061</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA3A547" w14:textId="527EFFE8" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
+          <w:p w14:paraId="00C978F4" w14:textId="3598E653" w:rsidR="00D8604F" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HBSC 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>HBSC 70</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A97500">
+            <w:r w:rsidR="00D8604F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA3A547" w14:textId="3A6865A5" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00D8604F" w:rsidP="00DA2374">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HBSC 7031</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE1BF1" w:rsidRPr="00A97500">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
               <w:t>HBSC 7</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BE1BF1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="180" w:type="dxa"/>
               <w:left w:w="180" w:type="dxa"/>
               <w:bottom w:w="180" w:type="dxa"/>
               <w:right w:w="180" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00088856" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00A97500" w:rsidRDefault="00BE1BF1" w:rsidP="00DA2374">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -9660,257 +9902,325 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97500">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If desired</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22900260" w14:textId="77777777" w:rsidR="00BE1BF1" w:rsidRPr="00B771B1" w:rsidRDefault="00BE1BF1" w:rsidP="00FF27D1">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10CC38C8" w14:textId="1D711228" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00151F58">
+    <w:p w14:paraId="10CC38C8" w14:textId="06F2C284" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00151F58">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-306"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Year One</w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: During the first year, students will </w:t>
       </w:r>
       <w:r w:rsidR="003A3CFA" w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>complete 16</w:t>
+        <w:t xml:space="preserve">complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F" w:rsidRPr="00B771B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8604F" w:rsidRPr="00B771B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> semester hours of required core curriculum, </w:t>
+        <w:t xml:space="preserve">semester hours of required core </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B771B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">curriculum, </w:t>
       </w:r>
       <w:r w:rsidR="0096636C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and may complete </w:t>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0096636C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may complete </w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>some elective and/or deficiency courses.</w:t>
       </w:r>
       <w:r w:rsidR="00151F58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...77 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AB18BE" w14:textId="77777777" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00A10413">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8370"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-306"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE0DA76" w14:textId="069D45DD" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00A10413">
+    <w:p w14:paraId="0FE0DA76" w14:textId="72C64EBE" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00A10413">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-306"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Year Two</w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Second year students will complete the core curriculum, </w:t>
+        <w:t xml:space="preserve">: Second year students will complete the core </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B771B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">curriculum, </w:t>
       </w:r>
       <w:r w:rsidR="0096636C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and may </w:t>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0096636C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may </w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>continue or begin to take electives.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1" w:rsidRPr="00151F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1" w:rsidRPr="00151F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e caution students against</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taking</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1" w:rsidRPr="00151F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> electives in th</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1" w:rsidRPr="00151F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semester</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of year two</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1" w:rsidRPr="00151F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under most circumstances as this semester already carries the highest number of credit hours</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5FB1" w:rsidRPr="00151F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4029A580" w14:textId="77777777" w:rsidR="00A70130" w:rsidRPr="00B771B1" w:rsidRDefault="00A70130" w:rsidP="00A10413">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-306"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="478208DC" w14:textId="523E0472" w:rsidR="00FA072D" w:rsidRPr="005D04FD" w:rsidRDefault="00A70130" w:rsidP="0081376E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-306"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10614,51 +10924,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Success in the HBS PhD program depends on the mutual efforts of faculty and students to work diligently and form productive, professional relationships. Doctoral students are responsible for working toward completion of their degree in a timely man</w:t>
       </w:r>
       <w:r w:rsidR="00B11F9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">er. It is the student’s responsibility to ensure continued progress of their academic program and dissertation research. We expect that doctoral students assume the highest integrity and maintain ethical standards in all </w:t>
+        <w:t xml:space="preserve">er. It is the student’s responsibility to ensure continued progress of their academic program and dissertation research. We expect that doctoral students assume the highest integrity and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">maintain ethical standards in all </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>asepcts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the</w:t>
       </w:r>
       <w:r w:rsidR="004950D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
@@ -11679,73 +11999,81 @@
         </w:rPr>
         <w:t xml:space="preserve">the latter of </w:t>
       </w:r>
       <w:r w:rsidR="001868DC" w:rsidRPr="00A10413">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>which require</w:t>
       </w:r>
       <w:r w:rsidR="00C4731E" w:rsidRPr="00A10413">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001868DC" w:rsidRPr="00A10413">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a signature from the student’s advisor before a prospectus defense date can be formally set. The prospectus must be approved by the dissertation advisor prior to scheduling the prospectus defense.</w:t>
+        <w:t xml:space="preserve"> a signature from the student’s advisor </w:t>
+      </w:r>
+      <w:r w:rsidR="001868DC" w:rsidRPr="00A10413">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>before a prospectus defense date can be formally set. The prospectus must be approved by the dissertation advisor prior to scheduling the prospectus defense.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B91EC45" w14:textId="2ECE22DC" w:rsidR="009523B4" w:rsidRPr="00A10413" w:rsidRDefault="009C2EEF" w:rsidP="00A10413">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Students should complete the prope</w:t>
       </w:r>
       <w:r w:rsidR="009523B4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r forms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for the Office of Graduate Education</w:t>
       </w:r>
       <w:r w:rsidR="009523B4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -12517,50 +12845,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>prospectus defense committee</w:t>
       </w:r>
       <w:r w:rsidR="00F655ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, including the examination committee chair, </w:t>
       </w:r>
       <w:r w:rsidR="000D5684" w:rsidRPr="00236292">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidR="000D5684">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D5684" w:rsidRPr="00236292">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">conduct the oral examination and will recommend to the </w:t>
       </w:r>
       <w:r w:rsidR="0091380B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>faculty</w:t>
       </w:r>
       <w:r w:rsidR="000D5684" w:rsidRPr="00236292">
         <w:rPr>
@@ -12580,51 +12909,50 @@
     <w:p w14:paraId="5749CB72" w14:textId="637E1EE8" w:rsidR="000D5684" w:rsidRDefault="000D5684" w:rsidP="00185243">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F178B7D" w14:textId="67C96B0D" w:rsidR="00737520" w:rsidRPr="00737520" w:rsidRDefault="00737520" w:rsidP="00185243">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00737520">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The student must receive votes from the majority of the examination committee for one of the following outcomes: a) Pass; b) Conditional Pass; or c) Fail. If a student receives a Conditional Pass, the examining committee will clearly define the requirements for the student to receive an unconditional passing grade and these requirements must be completed to the satisfaction of the examination committee within </w:t>
       </w:r>
       <w:r w:rsidR="00E13496" w:rsidRPr="001B0CA8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E13496" w:rsidRPr="00737520">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00737520">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">months. Failure to satisfy these conditions will result in failure of the examination. The examination committee chair is responsible for monitoring the conditions and reporting the outcome to the </w:t>
@@ -13262,51 +13590,50 @@
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="423CD692" w14:textId="58817E4F" w:rsidR="0095265B" w:rsidRPr="001B0CA8" w:rsidRDefault="0095265B" w:rsidP="001B0CA8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B0CA8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00CB72D6" w:rsidRPr="001B0CA8">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>t least 6 weeks</w:t>
       </w:r>
       <w:r w:rsidR="00CB72D6" w:rsidRPr="001B0CA8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to the date of the dissertation defense, the student should circulate a final draft to every member of </w:t>
       </w:r>
       <w:r w:rsidR="00A51F13" w:rsidRPr="001B0CA8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14396,50 +14723,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A12826" w14:textId="77777777" w:rsidR="009E1AF9" w:rsidRDefault="009E1AF9" w:rsidP="009E1AF9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pproving the final </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prospectus</w:t>
       </w:r>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> draft</w:t>
@@ -15256,68 +15584,400 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B41CBC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Students are responsible for closing the study with COMIRB prior to their graduation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16108F13" w14:textId="77777777" w:rsidR="00B26B3F" w:rsidRDefault="00B26B3F" w:rsidP="00185243">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E445F5A" w14:textId="00E16889" w:rsidR="00A70130" w:rsidRPr="000A3C50" w:rsidRDefault="00A70130" w:rsidP="00185243">
+    <w:p w14:paraId="0CFE81CD" w14:textId="50001FED" w:rsidR="008211B1" w:rsidRDefault="008211B1" w:rsidP="00185243">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc23406398"/>
       <w:bookmarkStart w:id="32" w:name="_Toc23407286"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Use of Artificial Intelligence</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD52CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (AI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328F8A13" w14:textId="77777777" w:rsidR="008211B1" w:rsidRDefault="008211B1" w:rsidP="008211B1">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DBC472" w14:textId="68B1444A" w:rsidR="008211B1" w:rsidRDefault="008211B1" w:rsidP="008211B1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As stated in the University of Colorado Administrative Policy Statement </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="008211B1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>6012</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “Responsible Use of Artificial Intelligence (AI),” AI offers both promises and risks for teaching, learning, and research. Any use of AI in </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>coursework and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research must comply with federal and state laws and regulations and with University Policies. </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students shall not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enter </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43852">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C43852">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any AI tool </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any personally identifiable information (PII) of their own, fellow students, instructors, or any PII that </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43852">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>come into contact with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as part of the program. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43852" w:rsidRPr="00C43852">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instructors may differ on their policies around AI as part of coursework</w:t>
+      </w:r>
+      <w:r w:rsidR="001A12C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43852" w:rsidRPr="00C43852">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and students are responsible for following the specific AI policies in their courses.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43852">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, the faculty in the Department of Health and Behavioral Sciences expect students to be fully transparent </w:t>
+      </w:r>
+      <w:r w:rsidR="00120823">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>around</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their use of AI at all stages of research and to communicate with their dissertation advisor and committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00120823">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appropriate use of AI in their research. Students are responsible for any incorrect information relied upon from AI. Violation of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00004485">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ese</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expectation</w:t>
+      </w:r>
+      <w:r w:rsidR="00004485">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s, in</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3F5E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00004485">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>luding</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fail</w:t>
+      </w:r>
+      <w:r w:rsidR="00004485">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ure</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to adequately cite the details of the use of AI</w:t>
+      </w:r>
+      <w:r w:rsidR="00004485">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is considered a violation of the student honor code and therefore will result in a referral to the Academic Standards Committee for review. A comprehensive set of </w:t>
+      </w:r>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">resources around AI for faculty and students can be found here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00686D2A" w:rsidRPr="004A3F5E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.ucdenver.edu/tips/KeyInitiatives/artificial-intelligence-(ai)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00686D2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1007FBC9" w14:textId="6082ED70" w:rsidR="008211B1" w:rsidRPr="001A12C3" w:rsidRDefault="008211B1" w:rsidP="001A12C3">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E445F5A" w14:textId="64402CAB" w:rsidR="00A70130" w:rsidRPr="000A3C50" w:rsidRDefault="00A70130" w:rsidP="00185243">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B771B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dissertation Funding</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="70245471" w14:textId="16FF2F84" w:rsidR="004D6789" w:rsidRDefault="00A70130" w:rsidP="00185243">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B771B1">
@@ -15575,51 +16235,51 @@
       </w:r>
       <w:r w:rsidR="00FA0CD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To receive funding, students should send a budget (up to $2500) and budget justification to the Department Chair and </w:t>
       </w:r>
       <w:r w:rsidR="00504564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Business Operations Specialist</w:t>
       </w:r>
       <w:r w:rsidR="00FA2B99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> via this form: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00FA2B99" w:rsidRPr="00594255">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://forms.office.com/r/9vi3DECQxJ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA0CD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. HBS Dissertation Awards are processed as </w:t>
       </w:r>
       <w:r w:rsidR="00FA0CD5" w:rsidRPr="00FA0CD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>scholarships</w:t>
       </w:r>
@@ -16241,51 +16901,60 @@
         </w:rPr>
         <w:t xml:space="preserve">The Academic Advisor position works within the Undergraduate Program in Public Health. Responsibilities </w:t>
       </w:r>
       <w:r w:rsidR="00EE0991" w:rsidRPr="007761FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00CD3B0E" w:rsidRPr="007761FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">include meeting with undergraduate students to review their progress within the major, sharing information about the major to new, current, and transfer students, and working with students to ensure all requirements are completed for graduation. </w:t>
       </w:r>
       <w:r w:rsidR="00730F53">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A small portion of their time is spent working with the Director of Graduate Studies on proj</w:t>
+        <w:t xml:space="preserve">A small </w:t>
+      </w:r>
+      <w:r w:rsidR="00730F53">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>portion of their time is spent working with the Director of Graduate Studies on proj</w:t>
       </w:r>
       <w:r w:rsidR="00A875C2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00730F53">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cts related to the PhD program. Responsibilities may include assisting with events and recruitment activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E9C9504" w14:textId="77777777" w:rsidR="0038002F" w:rsidRPr="007761FD" w:rsidRDefault="0038002F" w:rsidP="00FF27D1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -16520,51 +17189,51 @@
         <w:t xml:space="preserve">and CLAS Dean’s Office also often have matching funds that students should apply for in order to fully cover conference travel expenses. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5942FC5D" w14:textId="55557BCC" w:rsidR="00504564" w:rsidRPr="00594255" w:rsidRDefault="00504564" w:rsidP="00504564">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594255">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">At the department level, please complete this </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00504564">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>form.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A961D9A" w14:textId="34D95986" w:rsidR="00504564" w:rsidRPr="00594255" w:rsidRDefault="00504564" w:rsidP="00504564">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -16590,51 +17259,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00594255">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">College of Liberal Arts and Sciences (CLAS) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">student research funds is on their </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00504564">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00504564">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16650,92 +17319,91 @@
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594255">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">The Office of Graduate Education application is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">on their </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00504564">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3716FFFB" w14:textId="6B892434" w:rsidR="00CD3B0E" w:rsidRPr="007761FD" w:rsidRDefault="00CD3B0E" w:rsidP="00D42170">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007761FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Other Professional Activities</w:t>
       </w:r>
       <w:r w:rsidR="00653E04" w:rsidRPr="003E4942">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00B260DB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Departmental f</w:t>
       </w:r>
       <w:r w:rsidR="0064191A" w:rsidRPr="007761FD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">unding may be available for other professional activities such as publication charges </w:t>
@@ -17002,54 +17670,54 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AC0DE6C" w14:textId="5671DB80" w:rsidR="00682480" w:rsidRDefault="00682480" w:rsidP="00185243">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6167D904" w14:textId="77777777" w:rsidR="001B7436" w:rsidRDefault="001B7436">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="001B7436" w:rsidSect="00582169">
-          <w:headerReference w:type="even" r:id="rId23"/>
-[...2 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId26"/>
+          <w:headerReference w:type="even" r:id="rId25"/>
+          <w:headerReference w:type="default" r:id="rId26"/>
+          <w:footerReference w:type="default" r:id="rId27"/>
+          <w:headerReference w:type="first" r:id="rId28"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E922F2B" w14:textId="516C342E" w:rsidR="0030081C" w:rsidRDefault="002C55C6" w:rsidP="00185243">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -19001,52 +19669,52 @@
       <w:r w:rsidRPr="00084879">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B52355" w14:textId="77777777" w:rsidR="0081376E" w:rsidRDefault="0081376E" w:rsidP="00582169">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="0081376E" w:rsidSect="00DA3DB2">
-          <w:footerReference w:type="even" r:id="rId27"/>
-          <w:footerReference w:type="default" r:id="rId28"/>
+          <w:footerReference w:type="even" r:id="rId29"/>
+          <w:footerReference w:type="default" r:id="rId30"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1224" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41CEB922" w14:textId="3B6AAE7F" w:rsidR="00582169" w:rsidRDefault="00582169" w:rsidP="00582169">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -19968,168 +20636,166 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00582169" w:rsidRPr="00B771B1" w:rsidSect="0081376E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1224" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C4BB990" w14:textId="77777777" w:rsidR="006F23AA" w:rsidRDefault="006F23AA">
+    <w:p w14:paraId="5A637C81" w14:textId="77777777" w:rsidR="00056510" w:rsidRDefault="00056510">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="444336C5" w14:textId="77777777" w:rsidR="006F23AA" w:rsidRDefault="006F23AA">
+    <w:p w14:paraId="2E3A7BB3" w14:textId="77777777" w:rsidR="00056510" w:rsidRDefault="00056510">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:panose1 w:val="02000503000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:altName w:val="Sylfaen"/>
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="896867584"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="50EAE930" w14:textId="3FB44DAD" w:rsidR="00582169" w:rsidRDefault="00582169">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
@@ -20205,58 +20871,58 @@
   </w:p>
   <w:p w14:paraId="5B8E173A" w14:textId="30C579CA" w:rsidR="00582169" w:rsidRPr="00EB539C" w:rsidRDefault="00582169" w:rsidP="00195D36">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4932"/>
         <w:tab w:val="left" w:pos="9757"/>
         <w:tab w:val="right" w:pos="9864"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="66875EC5" w14:textId="77777777" w:rsidR="00582169" w:rsidRDefault="00582169"/>
   <w:p w14:paraId="2ADCC326" w14:textId="77777777" w:rsidR="00582169" w:rsidRDefault="00582169"/>
   <w:p w14:paraId="2FCE9007" w14:textId="77777777" w:rsidR="00582169" w:rsidRDefault="00582169"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E5EBFA0" w14:textId="77777777" w:rsidR="006F23AA" w:rsidRDefault="006F23AA">
+    <w:p w14:paraId="6614D3FE" w14:textId="77777777" w:rsidR="00056510" w:rsidRDefault="00056510">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C59A73E" w14:textId="77777777" w:rsidR="006F23AA" w:rsidRDefault="006F23AA">
+    <w:p w14:paraId="030A420F" w14:textId="77777777" w:rsidR="00056510" w:rsidRDefault="00056510">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41DD16E5" w14:textId="77777777" w:rsidR="00582169" w:rsidRDefault="00582169">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B868A04" wp14:editId="5369A6F9">
           <wp:extent cx="4286250" cy="1371600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="16" name="Picture 16" descr="Stationery_Word3-top"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -25382,138 +26048,143 @@
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1730419361">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1503354540">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="489174916">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1256937852">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1822961792">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1832988555">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D22912"/>
     <w:rsid w:val="00000A87"/>
     <w:rsid w:val="00000F82"/>
     <w:rsid w:val="000032C5"/>
     <w:rsid w:val="00003917"/>
+    <w:rsid w:val="00004485"/>
     <w:rsid w:val="000070FB"/>
     <w:rsid w:val="00014A60"/>
     <w:rsid w:val="0003268F"/>
     <w:rsid w:val="0004388C"/>
+    <w:rsid w:val="00056510"/>
     <w:rsid w:val="000565D0"/>
     <w:rsid w:val="000565FB"/>
     <w:rsid w:val="00064DF0"/>
     <w:rsid w:val="00070CDF"/>
     <w:rsid w:val="0009345C"/>
     <w:rsid w:val="00093CAA"/>
     <w:rsid w:val="000A2C01"/>
     <w:rsid w:val="000A3C50"/>
     <w:rsid w:val="000A3DBC"/>
     <w:rsid w:val="000A56FA"/>
     <w:rsid w:val="000A6D58"/>
     <w:rsid w:val="000B2410"/>
     <w:rsid w:val="000B6D88"/>
     <w:rsid w:val="000C14EA"/>
     <w:rsid w:val="000C5DC8"/>
     <w:rsid w:val="000D09FE"/>
     <w:rsid w:val="000D5684"/>
     <w:rsid w:val="000E3C70"/>
     <w:rsid w:val="000F7203"/>
     <w:rsid w:val="00104314"/>
     <w:rsid w:val="00113686"/>
     <w:rsid w:val="001156DC"/>
     <w:rsid w:val="0011702C"/>
+    <w:rsid w:val="00120823"/>
     <w:rsid w:val="00122800"/>
     <w:rsid w:val="00125A3C"/>
     <w:rsid w:val="001260CC"/>
     <w:rsid w:val="00133CC4"/>
     <w:rsid w:val="00151F58"/>
     <w:rsid w:val="00154A3B"/>
     <w:rsid w:val="001562C4"/>
     <w:rsid w:val="001571F8"/>
     <w:rsid w:val="00163639"/>
     <w:rsid w:val="00163701"/>
     <w:rsid w:val="00167BA5"/>
     <w:rsid w:val="00185243"/>
     <w:rsid w:val="001868DC"/>
     <w:rsid w:val="001944AD"/>
     <w:rsid w:val="00195D36"/>
+    <w:rsid w:val="001A12C3"/>
     <w:rsid w:val="001B0991"/>
     <w:rsid w:val="001B0CA8"/>
     <w:rsid w:val="001B7436"/>
     <w:rsid w:val="001C2EAE"/>
     <w:rsid w:val="001C5343"/>
     <w:rsid w:val="001C7A39"/>
     <w:rsid w:val="001D017E"/>
     <w:rsid w:val="001D6399"/>
+    <w:rsid w:val="001E40B6"/>
     <w:rsid w:val="001F02AB"/>
     <w:rsid w:val="001F3D22"/>
     <w:rsid w:val="001F4F10"/>
     <w:rsid w:val="001F6D72"/>
     <w:rsid w:val="00200A99"/>
     <w:rsid w:val="00212E1D"/>
     <w:rsid w:val="00217890"/>
     <w:rsid w:val="00217F44"/>
     <w:rsid w:val="00231141"/>
     <w:rsid w:val="00236292"/>
     <w:rsid w:val="00241883"/>
     <w:rsid w:val="00245697"/>
     <w:rsid w:val="002517C6"/>
     <w:rsid w:val="00251AE0"/>
     <w:rsid w:val="00251CE2"/>
     <w:rsid w:val="00260407"/>
     <w:rsid w:val="00266264"/>
     <w:rsid w:val="00291053"/>
     <w:rsid w:val="00295129"/>
     <w:rsid w:val="002A2844"/>
     <w:rsid w:val="002A58B9"/>
     <w:rsid w:val="002B0CE4"/>
     <w:rsid w:val="002C1706"/>
     <w:rsid w:val="002C55C6"/>
     <w:rsid w:val="002D4C5A"/>
@@ -25527,221 +26198,232 @@
     <w:rsid w:val="002F2D85"/>
     <w:rsid w:val="002F46B3"/>
     <w:rsid w:val="0030081C"/>
     <w:rsid w:val="003012DE"/>
     <w:rsid w:val="003013A9"/>
     <w:rsid w:val="003029C6"/>
     <w:rsid w:val="00311582"/>
     <w:rsid w:val="00313671"/>
     <w:rsid w:val="003137A8"/>
     <w:rsid w:val="00322C34"/>
     <w:rsid w:val="00323975"/>
     <w:rsid w:val="003243BF"/>
     <w:rsid w:val="0033483C"/>
     <w:rsid w:val="00337F6E"/>
     <w:rsid w:val="00340547"/>
     <w:rsid w:val="003440EE"/>
     <w:rsid w:val="0034682B"/>
     <w:rsid w:val="003523F3"/>
     <w:rsid w:val="003575D3"/>
     <w:rsid w:val="00367285"/>
     <w:rsid w:val="0038002F"/>
     <w:rsid w:val="00383BAA"/>
     <w:rsid w:val="003A3CFA"/>
     <w:rsid w:val="003A5121"/>
     <w:rsid w:val="003A53BB"/>
+    <w:rsid w:val="003A5FB1"/>
     <w:rsid w:val="003A76AC"/>
     <w:rsid w:val="003B240F"/>
     <w:rsid w:val="003C22DB"/>
     <w:rsid w:val="003C672B"/>
     <w:rsid w:val="003D0D5A"/>
     <w:rsid w:val="003D1DA8"/>
     <w:rsid w:val="003D475D"/>
     <w:rsid w:val="003D557C"/>
     <w:rsid w:val="003D5896"/>
     <w:rsid w:val="003E3B65"/>
     <w:rsid w:val="003E4942"/>
     <w:rsid w:val="003E5CE3"/>
     <w:rsid w:val="003F0C45"/>
     <w:rsid w:val="003F3357"/>
     <w:rsid w:val="003F3BEB"/>
     <w:rsid w:val="003F4480"/>
     <w:rsid w:val="00405B16"/>
     <w:rsid w:val="004122ED"/>
     <w:rsid w:val="004149B6"/>
     <w:rsid w:val="004167CD"/>
     <w:rsid w:val="004215A0"/>
     <w:rsid w:val="00430B9C"/>
     <w:rsid w:val="0043700D"/>
     <w:rsid w:val="0044365D"/>
     <w:rsid w:val="004436F4"/>
     <w:rsid w:val="00453CB2"/>
     <w:rsid w:val="00455042"/>
     <w:rsid w:val="00474B2D"/>
     <w:rsid w:val="0048260D"/>
     <w:rsid w:val="00484752"/>
     <w:rsid w:val="004905FB"/>
     <w:rsid w:val="004950D2"/>
+    <w:rsid w:val="004A3F5E"/>
     <w:rsid w:val="004B2857"/>
+    <w:rsid w:val="004B3003"/>
     <w:rsid w:val="004B6200"/>
     <w:rsid w:val="004C4BEE"/>
     <w:rsid w:val="004C540F"/>
     <w:rsid w:val="004D643F"/>
     <w:rsid w:val="004D6789"/>
     <w:rsid w:val="004E36D4"/>
     <w:rsid w:val="004E71BA"/>
     <w:rsid w:val="004F463E"/>
     <w:rsid w:val="004F46CD"/>
     <w:rsid w:val="004F633C"/>
     <w:rsid w:val="004F6ECF"/>
     <w:rsid w:val="004F7BED"/>
     <w:rsid w:val="00504564"/>
     <w:rsid w:val="005109BB"/>
     <w:rsid w:val="0051309E"/>
+    <w:rsid w:val="00516354"/>
     <w:rsid w:val="00530AB1"/>
     <w:rsid w:val="00533A53"/>
     <w:rsid w:val="00535D2F"/>
     <w:rsid w:val="00540E37"/>
     <w:rsid w:val="0054290E"/>
     <w:rsid w:val="0054718D"/>
     <w:rsid w:val="00550E42"/>
     <w:rsid w:val="00551D45"/>
     <w:rsid w:val="005577AF"/>
     <w:rsid w:val="00562763"/>
     <w:rsid w:val="00563227"/>
     <w:rsid w:val="0056515B"/>
     <w:rsid w:val="005727C1"/>
     <w:rsid w:val="005759A2"/>
     <w:rsid w:val="00582169"/>
     <w:rsid w:val="00590CF2"/>
     <w:rsid w:val="00594255"/>
     <w:rsid w:val="005951CC"/>
     <w:rsid w:val="00596833"/>
     <w:rsid w:val="005B173E"/>
     <w:rsid w:val="005B1FDC"/>
     <w:rsid w:val="005B4809"/>
     <w:rsid w:val="005C3BD3"/>
     <w:rsid w:val="005D04FD"/>
     <w:rsid w:val="005D7762"/>
     <w:rsid w:val="005D7D76"/>
     <w:rsid w:val="005E1D15"/>
     <w:rsid w:val="005E25D7"/>
     <w:rsid w:val="005E7D17"/>
     <w:rsid w:val="005F2F37"/>
     <w:rsid w:val="005F72DE"/>
     <w:rsid w:val="005F7B36"/>
     <w:rsid w:val="00604CE0"/>
     <w:rsid w:val="00607906"/>
     <w:rsid w:val="00610684"/>
     <w:rsid w:val="00612B4F"/>
     <w:rsid w:val="006132BD"/>
     <w:rsid w:val="00614596"/>
     <w:rsid w:val="00617579"/>
     <w:rsid w:val="006205F3"/>
+    <w:rsid w:val="00621C19"/>
     <w:rsid w:val="0063346B"/>
     <w:rsid w:val="00634411"/>
     <w:rsid w:val="0063790B"/>
     <w:rsid w:val="00637DC3"/>
     <w:rsid w:val="006418C8"/>
     <w:rsid w:val="0064191A"/>
     <w:rsid w:val="00642147"/>
     <w:rsid w:val="00653E04"/>
     <w:rsid w:val="0066183A"/>
     <w:rsid w:val="006619FE"/>
     <w:rsid w:val="00665092"/>
     <w:rsid w:val="00670029"/>
     <w:rsid w:val="0068188E"/>
     <w:rsid w:val="00682480"/>
     <w:rsid w:val="00682FFD"/>
     <w:rsid w:val="00685D92"/>
+    <w:rsid w:val="00686D2A"/>
     <w:rsid w:val="00687397"/>
     <w:rsid w:val="006957F6"/>
     <w:rsid w:val="006A2722"/>
     <w:rsid w:val="006C1CFC"/>
     <w:rsid w:val="006D12F0"/>
     <w:rsid w:val="006D7A36"/>
     <w:rsid w:val="006E313D"/>
     <w:rsid w:val="006E7B80"/>
     <w:rsid w:val="006F23AA"/>
     <w:rsid w:val="006F32C4"/>
     <w:rsid w:val="007016A7"/>
     <w:rsid w:val="0071239E"/>
     <w:rsid w:val="00713D9E"/>
     <w:rsid w:val="00720518"/>
     <w:rsid w:val="00722B2B"/>
     <w:rsid w:val="00725712"/>
     <w:rsid w:val="00725C39"/>
     <w:rsid w:val="00730F53"/>
     <w:rsid w:val="0073555F"/>
     <w:rsid w:val="00737520"/>
     <w:rsid w:val="007407DB"/>
     <w:rsid w:val="00750A8A"/>
     <w:rsid w:val="007512CB"/>
     <w:rsid w:val="00751CA2"/>
     <w:rsid w:val="00753D30"/>
     <w:rsid w:val="007601E1"/>
     <w:rsid w:val="00771107"/>
     <w:rsid w:val="007761FD"/>
     <w:rsid w:val="00777250"/>
     <w:rsid w:val="007821D1"/>
     <w:rsid w:val="007A0F71"/>
     <w:rsid w:val="007A71A6"/>
     <w:rsid w:val="007B082A"/>
     <w:rsid w:val="007B4306"/>
     <w:rsid w:val="007B5BEC"/>
     <w:rsid w:val="007D0F0F"/>
     <w:rsid w:val="007E161B"/>
     <w:rsid w:val="007E3D53"/>
     <w:rsid w:val="007F08D1"/>
     <w:rsid w:val="007F0DE9"/>
     <w:rsid w:val="007F447C"/>
     <w:rsid w:val="0081376E"/>
+    <w:rsid w:val="008211B1"/>
     <w:rsid w:val="008279E8"/>
     <w:rsid w:val="00834B17"/>
     <w:rsid w:val="00834FCD"/>
     <w:rsid w:val="00845FC1"/>
     <w:rsid w:val="0084711A"/>
     <w:rsid w:val="00852DA6"/>
+    <w:rsid w:val="008535A6"/>
     <w:rsid w:val="00856432"/>
     <w:rsid w:val="00860EFD"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="00893D73"/>
     <w:rsid w:val="008A320D"/>
     <w:rsid w:val="008A6F14"/>
     <w:rsid w:val="008A76C9"/>
     <w:rsid w:val="008B4C59"/>
     <w:rsid w:val="008B649C"/>
     <w:rsid w:val="008C2027"/>
     <w:rsid w:val="008C23E8"/>
     <w:rsid w:val="008C4439"/>
     <w:rsid w:val="008D1308"/>
+    <w:rsid w:val="008E7F1F"/>
     <w:rsid w:val="009026BB"/>
     <w:rsid w:val="00903A99"/>
     <w:rsid w:val="0091024A"/>
     <w:rsid w:val="0091380B"/>
     <w:rsid w:val="0092525A"/>
+    <w:rsid w:val="00940CC7"/>
     <w:rsid w:val="00941E00"/>
+    <w:rsid w:val="00946B87"/>
     <w:rsid w:val="009523B4"/>
     <w:rsid w:val="0095265B"/>
     <w:rsid w:val="0095307C"/>
     <w:rsid w:val="0096119F"/>
     <w:rsid w:val="00963E7D"/>
     <w:rsid w:val="0096636C"/>
     <w:rsid w:val="00966A9C"/>
     <w:rsid w:val="00976FDC"/>
     <w:rsid w:val="00997D1F"/>
     <w:rsid w:val="009A1B56"/>
     <w:rsid w:val="009A1C2C"/>
     <w:rsid w:val="009A3DAD"/>
     <w:rsid w:val="009B5828"/>
     <w:rsid w:val="009C2EEF"/>
     <w:rsid w:val="009C3A15"/>
     <w:rsid w:val="009C3E7A"/>
     <w:rsid w:val="009C5EEF"/>
     <w:rsid w:val="009C6E4B"/>
     <w:rsid w:val="009D3C00"/>
     <w:rsid w:val="009D6BC1"/>
     <w:rsid w:val="009E0051"/>
     <w:rsid w:val="009E1AF9"/>
     <w:rsid w:val="009E3C39"/>
     <w:rsid w:val="009F1BE5"/>
     <w:rsid w:val="00A025AC"/>
@@ -25749,183 +26431,194 @@
     <w:rsid w:val="00A37A54"/>
     <w:rsid w:val="00A40532"/>
     <w:rsid w:val="00A51F13"/>
     <w:rsid w:val="00A5576A"/>
     <w:rsid w:val="00A63499"/>
     <w:rsid w:val="00A70130"/>
     <w:rsid w:val="00A72905"/>
     <w:rsid w:val="00A875C2"/>
     <w:rsid w:val="00A97500"/>
     <w:rsid w:val="00AA0A61"/>
     <w:rsid w:val="00AA52ED"/>
     <w:rsid w:val="00AA7454"/>
     <w:rsid w:val="00AC62C9"/>
     <w:rsid w:val="00AD202C"/>
     <w:rsid w:val="00AD7722"/>
     <w:rsid w:val="00AF0A8F"/>
     <w:rsid w:val="00AF1D49"/>
     <w:rsid w:val="00AF405C"/>
     <w:rsid w:val="00B00EB1"/>
     <w:rsid w:val="00B04E23"/>
     <w:rsid w:val="00B06529"/>
     <w:rsid w:val="00B11F9E"/>
     <w:rsid w:val="00B132B3"/>
     <w:rsid w:val="00B260DB"/>
     <w:rsid w:val="00B26B3F"/>
+    <w:rsid w:val="00B33B8C"/>
     <w:rsid w:val="00B33D5E"/>
     <w:rsid w:val="00B34C08"/>
     <w:rsid w:val="00B41CBC"/>
     <w:rsid w:val="00B47FA3"/>
     <w:rsid w:val="00B536FA"/>
+    <w:rsid w:val="00B572B5"/>
     <w:rsid w:val="00B624B1"/>
     <w:rsid w:val="00B65461"/>
     <w:rsid w:val="00B7181A"/>
     <w:rsid w:val="00B72B38"/>
     <w:rsid w:val="00B75A7D"/>
     <w:rsid w:val="00B75AEF"/>
     <w:rsid w:val="00B771B1"/>
     <w:rsid w:val="00B812BC"/>
     <w:rsid w:val="00B841EA"/>
     <w:rsid w:val="00B84FC7"/>
     <w:rsid w:val="00B86A14"/>
     <w:rsid w:val="00B903B6"/>
     <w:rsid w:val="00B90F76"/>
     <w:rsid w:val="00B91A04"/>
     <w:rsid w:val="00B92818"/>
     <w:rsid w:val="00B93D4D"/>
     <w:rsid w:val="00B96263"/>
     <w:rsid w:val="00B97039"/>
     <w:rsid w:val="00BA6D42"/>
     <w:rsid w:val="00BB1556"/>
     <w:rsid w:val="00BB288C"/>
     <w:rsid w:val="00BC1A01"/>
     <w:rsid w:val="00BC1C86"/>
     <w:rsid w:val="00BC41F9"/>
     <w:rsid w:val="00BD3BD9"/>
     <w:rsid w:val="00BD50DE"/>
+    <w:rsid w:val="00BD52CD"/>
     <w:rsid w:val="00BE1BF1"/>
     <w:rsid w:val="00BE5547"/>
     <w:rsid w:val="00BF19DB"/>
     <w:rsid w:val="00C022D9"/>
     <w:rsid w:val="00C0537A"/>
     <w:rsid w:val="00C11888"/>
     <w:rsid w:val="00C24E12"/>
     <w:rsid w:val="00C26604"/>
     <w:rsid w:val="00C30137"/>
     <w:rsid w:val="00C30435"/>
     <w:rsid w:val="00C335CC"/>
     <w:rsid w:val="00C41B77"/>
+    <w:rsid w:val="00C43852"/>
     <w:rsid w:val="00C4731E"/>
     <w:rsid w:val="00C47F30"/>
     <w:rsid w:val="00C9139B"/>
     <w:rsid w:val="00C96CCE"/>
     <w:rsid w:val="00C96F59"/>
     <w:rsid w:val="00CA4FF2"/>
     <w:rsid w:val="00CB05F0"/>
     <w:rsid w:val="00CB08D5"/>
     <w:rsid w:val="00CB72D6"/>
+    <w:rsid w:val="00CC2AE3"/>
     <w:rsid w:val="00CC3C4B"/>
     <w:rsid w:val="00CC7108"/>
     <w:rsid w:val="00CD0D2F"/>
     <w:rsid w:val="00CD0F56"/>
     <w:rsid w:val="00CD3763"/>
     <w:rsid w:val="00CD3B0E"/>
     <w:rsid w:val="00CD52AC"/>
     <w:rsid w:val="00CD534B"/>
     <w:rsid w:val="00CD628C"/>
+    <w:rsid w:val="00CF4001"/>
     <w:rsid w:val="00D04356"/>
     <w:rsid w:val="00D107C9"/>
     <w:rsid w:val="00D13E34"/>
     <w:rsid w:val="00D2157C"/>
     <w:rsid w:val="00D22912"/>
     <w:rsid w:val="00D317FE"/>
     <w:rsid w:val="00D31D97"/>
     <w:rsid w:val="00D35C68"/>
+    <w:rsid w:val="00D409E1"/>
     <w:rsid w:val="00D41DB5"/>
     <w:rsid w:val="00D42170"/>
     <w:rsid w:val="00D42855"/>
     <w:rsid w:val="00D43109"/>
     <w:rsid w:val="00D5114D"/>
     <w:rsid w:val="00D55749"/>
     <w:rsid w:val="00D57D17"/>
     <w:rsid w:val="00D648BA"/>
     <w:rsid w:val="00D64921"/>
     <w:rsid w:val="00D67A19"/>
     <w:rsid w:val="00D67D3A"/>
     <w:rsid w:val="00D704BF"/>
     <w:rsid w:val="00D75B12"/>
     <w:rsid w:val="00D81686"/>
     <w:rsid w:val="00D84161"/>
     <w:rsid w:val="00D84C67"/>
+    <w:rsid w:val="00D8604F"/>
     <w:rsid w:val="00D87070"/>
     <w:rsid w:val="00D872A8"/>
     <w:rsid w:val="00DA1B88"/>
     <w:rsid w:val="00DA3DB2"/>
     <w:rsid w:val="00DA61E1"/>
     <w:rsid w:val="00DB0B42"/>
     <w:rsid w:val="00DB3908"/>
     <w:rsid w:val="00DB42D7"/>
     <w:rsid w:val="00DC1221"/>
     <w:rsid w:val="00DD43CC"/>
     <w:rsid w:val="00DE4CA7"/>
     <w:rsid w:val="00DE787A"/>
     <w:rsid w:val="00DF0F2F"/>
     <w:rsid w:val="00DF27A8"/>
     <w:rsid w:val="00E05C7E"/>
     <w:rsid w:val="00E0680B"/>
     <w:rsid w:val="00E06BD6"/>
+    <w:rsid w:val="00E10B6B"/>
+    <w:rsid w:val="00E10F06"/>
     <w:rsid w:val="00E1171D"/>
     <w:rsid w:val="00E11E71"/>
     <w:rsid w:val="00E13496"/>
     <w:rsid w:val="00E216EA"/>
     <w:rsid w:val="00E22062"/>
     <w:rsid w:val="00E2641B"/>
     <w:rsid w:val="00E27743"/>
     <w:rsid w:val="00E30854"/>
     <w:rsid w:val="00E321F6"/>
     <w:rsid w:val="00E33E90"/>
     <w:rsid w:val="00E357A1"/>
     <w:rsid w:val="00E45458"/>
     <w:rsid w:val="00E55717"/>
     <w:rsid w:val="00E63340"/>
     <w:rsid w:val="00E70A80"/>
     <w:rsid w:val="00E72F7E"/>
     <w:rsid w:val="00E731E3"/>
     <w:rsid w:val="00E744E7"/>
     <w:rsid w:val="00E80E99"/>
     <w:rsid w:val="00E8387C"/>
     <w:rsid w:val="00E85CE9"/>
     <w:rsid w:val="00EA22B3"/>
     <w:rsid w:val="00EA5A04"/>
     <w:rsid w:val="00EB2A45"/>
     <w:rsid w:val="00EB2BBB"/>
     <w:rsid w:val="00EB539C"/>
     <w:rsid w:val="00EB65C3"/>
     <w:rsid w:val="00EB7B05"/>
     <w:rsid w:val="00EC3A6D"/>
     <w:rsid w:val="00ED36BC"/>
     <w:rsid w:val="00ED4880"/>
+    <w:rsid w:val="00ED6F63"/>
     <w:rsid w:val="00EE0991"/>
     <w:rsid w:val="00EE28E0"/>
     <w:rsid w:val="00F064B1"/>
     <w:rsid w:val="00F11D98"/>
     <w:rsid w:val="00F24455"/>
     <w:rsid w:val="00F30680"/>
     <w:rsid w:val="00F359C5"/>
     <w:rsid w:val="00F4398C"/>
     <w:rsid w:val="00F45DFE"/>
     <w:rsid w:val="00F5034B"/>
     <w:rsid w:val="00F50AE4"/>
     <w:rsid w:val="00F56934"/>
     <w:rsid w:val="00F56F88"/>
     <w:rsid w:val="00F578E1"/>
     <w:rsid w:val="00F61169"/>
     <w:rsid w:val="00F655ED"/>
     <w:rsid w:val="00F703C4"/>
     <w:rsid w:val="00F70510"/>
     <w:rsid w:val="00F71258"/>
     <w:rsid w:val="00F71A4E"/>
     <w:rsid w:val="00F771EB"/>
     <w:rsid w:val="00F774EE"/>
     <w:rsid w:val="00F83B12"/>
     <w:rsid w:val="00F844FC"/>
     <w:rsid w:val="00F87992"/>
@@ -27837,55 +28530,57 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="83263097">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/offices/ombudsoffice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/docs/librariesprovider138/denver-anschutz-graduate-school/resources/graduate-faculty-quick-reference-table.pdf?sfvrsn=ef0622b9_2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clas.ucdenver.edu/orca/graduate-and-undergraduate-research-assistance-and-information" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/offices/equity/resolutions/how-do-i-make-a-report" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.umn.edu/sites/icd/files/2024-09/Thomas-PhD-Advising-Expectations-Fall2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/docs/librariesprovider122/health-and-wellness/cu-denver-student-code-of-conduct.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/r/RFPMWsEJBZ" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clas.ucdenver.edu/hbsc/faculty-staff-directory" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdhe.colorado.gov/file-a-student-complaint" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/r/9vi3DECQxJ" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clas.ucdenver.edu/about-us/deans-office/deans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/docs/graduateeducationlibraries/default-document-library/denver-campus-travel-award-application-2023.pdf?sfvrsn=f3e81bbb_1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/offices/ombudsoffice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/docs/librariesprovider138/denver-anschutz-graduate-school/resources/graduate-faculty-quick-reference-table.pdf?sfvrsn=ef0622b9_2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/r/9vi3DECQxJ" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/offices/equity/resolutions/how-do-i-make-a-report" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.umn.edu/sites/icd/files/2024-09/Thomas-PhD-Advising-Expectations-Fall2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/docs/librariesprovider122/health-and-wellness/cu-denver-student-code-of-conduct.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/tips/KeyInitiatives/artificial-intelligence-(ai)" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clas.ucdenver.edu/hbsc/faculty-staff-directory" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ucdenver.edu/docs/graduateeducationlibraries/default-document-library/denver-campus-travel-award-application-2023.pdf?sfvrsn=f3e81bbb_1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdhe.colorado.gov/file-a-student-complaint" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clas.ucdenver.edu/orca/graduate-and-undergraduate-research-assistance-and-information" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/6012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clas.ucdenver.edu/about-us/deans-office/deans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/r/RFPMWsEJBZ" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -28189,50 +28884,69 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803C9510B84BB64CA6836B4768F80DA8" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="17825f610a7a0520ad726a6b3dbcb261">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="0854b9b7-5431-41e9-8837-730fdd9a80a8" xmlns:ns4="f0888085-d583-4ee9-98db-1a7b32901ee9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cfeb3580b93131949d19cd01d4419037" ns3:_="" ns4:_="">
     <xsd:import namespace="0854b9b7-5431-41e9-8837-730fdd9a80a8"/>
     <xsd:import namespace="f0888085-d583-4ee9-98db-1a7b32901ee9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -28411,143 +29125,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EB421F5-F7DD-4658-8F93-2C5A3993564C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81C46B13-8A2C-4CB5-93D9-16B4E8B202B9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E338C5A-2CEA-4ECD-96F4-F8BBD5528391}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{320F61F3-0A9D-42A1-8A58-B7FFA043CE41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0854b9b7-5431-41e9-8837-730fdd9a80a8"/>
     <ds:schemaRef ds:uri="f0888085-d583-4ee9-98db-1a7b32901ee9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>6074</Words>
-  <Characters>34627</Characters>
+  <Words>6039</Words>
+  <Characters>34760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>288</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>873</Lines>
+  <Paragraphs>311</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Handbook for Graduate Study</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Colorado</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40620</CharactersWithSpaces>
+  <CharactersWithSpaces>40811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3932238</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>51</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.hhs.gov/ohrp</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>